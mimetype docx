--- v0 (2025-12-17)
+++ v1 (2026-02-01)
@@ -422,113 +422,85 @@
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="189E43DE" w14:textId="4C43CE5E" w:rsidR="00EC4534" w:rsidRDefault="00EC4534" w:rsidP="0049170D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Les EHPAD</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t xml:space="preserve">Les EHPAD sont des structures éligibles à l’appel à projets « Maisons d’accompagnement et de soins palliatifs ». </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="154CB225" w14:textId="77777777" w:rsidR="00EC4534" w:rsidRDefault="00EC4534" w:rsidP="0049170D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="502448D2" w14:textId="5A6E5E7C" w:rsidR="00EC4534" w:rsidRDefault="0049170D" w:rsidP="0049170D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> sont des structures éligibles à l’appel à projets « Maisons d’accompagnement et de soins palliatifs ». </w:t>
-[...45 lines deleted...]
-              <w:t xml:space="preserve"> devront justifier de l’accueil d’un public conforme au cahier des charges et devront démontrer un projet global en lien avec une équipe d’appui en soins palliatifs. </w:t>
+              <w:t xml:space="preserve">Les dossiers de candidature portés par les EHPAD devront justifier de l’accueil d’un public conforme au cahier des charges et devront démontrer un projet global en lien avec une équipe d’appui en soins palliatifs. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="41069717" w14:textId="77777777" w:rsidR="0049170D" w:rsidRDefault="0049170D" w:rsidP="0049170D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="67F50060" w14:textId="18854664" w:rsidR="00EC4534" w:rsidRPr="0049170D" w:rsidRDefault="0049170D" w:rsidP="0049170D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
                 <w:bCs/>
@@ -878,116 +850,117 @@
                 <w:b/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="092ABF5B" w14:textId="77777777" w:rsidR="00EC4534" w:rsidRDefault="00EC4534" w:rsidP="00156DAD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="64B20847" w14:textId="2BEB9E75" w:rsidR="00EC4534" w:rsidRPr="00D574FC" w:rsidRDefault="00EC4534" w:rsidP="00156DAD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00D574FC">
               <w:rPr>
                 <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Les EHPAD</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> peuvent-ils proposer la transformation de places d’hébergement permanent pour accueillir une maison d’accompagnement et de soins palliatifs dans le cadre de l’appel à projets ? </w:t>
+              <w:t xml:space="preserve">Les EHPAD peuvent-ils proposer la transformation de places d’hébergement permanent pour accueillir une maison d’accompagnement et de soins palliatifs dans le cadre de l’appel à projets ? </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="612E5C41" w14:textId="67B9B2B4" w:rsidR="00EC4534" w:rsidRDefault="00EC4534" w:rsidP="00156DAD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A960C12" w14:textId="6BCB987D" w:rsidR="00EC4534" w:rsidRDefault="00EC4534" w:rsidP="00156DAD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0083009E" w14:paraId="10C7155B" w14:textId="77777777" w:rsidTr="00973770">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="37DF26E8" w14:textId="3A852DE8" w:rsidR="0083009E" w:rsidRDefault="0083009E" w:rsidP="0083009E">
+          <w:p w14:paraId="31BBE47C" w14:textId="77777777" w:rsidR="001A159B" w:rsidRDefault="001A159B" w:rsidP="0083009E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="37DF26E8" w14:textId="13DD741B" w:rsidR="0083009E" w:rsidRDefault="0083009E" w:rsidP="0083009E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00026BA0">
               <w:rPr>
                 <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Question n°</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>5</w:t>
@@ -1829,60 +1802,71 @@
               <w:t xml:space="preserve"> de </w:t>
             </w:r>
             <w:r w:rsidR="009F46F0">
               <w:rPr>
                 <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">veiller à garantir une accessibilité financière à tous.  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009458EE" w14:paraId="0E5C9ECB" w14:textId="77777777" w:rsidTr="009D430C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67489A28" w14:textId="109B0D5C" w:rsidR="009458EE" w:rsidRDefault="009458EE" w:rsidP="009458EE">
+          <w:p w14:paraId="7E048470" w14:textId="77777777" w:rsidR="001A159B" w:rsidRDefault="001A159B" w:rsidP="009458EE">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
+          </w:p>
+          <w:p w14:paraId="67489A28" w14:textId="10393720" w:rsidR="009458EE" w:rsidRDefault="009458EE" w:rsidP="009458EE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">Question n°10 : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="55ADCE65" w14:textId="77777777" w:rsidR="009458EE" w:rsidRDefault="009458EE" w:rsidP="009458EE">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="38824222" w14:textId="75E462C3" w:rsidR="009458EE" w:rsidRPr="009458EE" w:rsidRDefault="009458EE" w:rsidP="009458EE">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
@@ -1903,69 +1887,51 @@
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5EEFC337" w14:textId="77777777" w:rsidR="009458EE" w:rsidRPr="009458EE" w:rsidRDefault="009458EE" w:rsidP="009458EE">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009458EE">
               <w:rPr>
                 <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">En effet le cahier des charges évoque en partie IV le financement relatif aux couts de fonctionnement </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> de personnel, prestations extérieurs </w:t>
+              <w:t xml:space="preserve">En effet le cahier des charges évoque en partie IV le financement relatif aux couts de fonctionnement ( frais de personnel, prestations extérieurs </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009458EE">
               <w:rPr>
                 <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ect</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009458EE">
               <w:rPr>
                 <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">) </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2F21097F" w14:textId="77777777" w:rsidR="009458EE" w:rsidRPr="009458EE" w:rsidRDefault="009458EE" w:rsidP="009458EE">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
@@ -2227,395 +2193,1060 @@
               <w:rPr>
                 <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AA1FAD">
               <w:rPr>
                 <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Il convient</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> de veiller à garantir une accessibilité financière à tous.  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D430C" w14:paraId="508AB3D9" w14:textId="77777777" w:rsidTr="00CB78A2">
+      <w:tr w:rsidR="009D430C" w14:paraId="508AB3D9" w14:textId="77777777" w:rsidTr="00A611BD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="060AF524" w14:textId="3F787D00" w:rsidR="00352F36" w:rsidRDefault="00352F36" w:rsidP="00352F36">
+          <w:p w14:paraId="22D8B234" w14:textId="77777777" w:rsidR="001A159B" w:rsidRDefault="001A159B" w:rsidP="00352F36">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
+          </w:p>
+          <w:p w14:paraId="060AF524" w14:textId="0E59B746" w:rsidR="00352F36" w:rsidRDefault="00352F36" w:rsidP="00352F36">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
+              <w:t xml:space="preserve">Question n°11 : </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34BB0711" w14:textId="77777777" w:rsidR="00352F36" w:rsidRPr="00352F36" w:rsidRDefault="00352F36" w:rsidP="009D430C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="480C6534" w14:textId="0594B39B" w:rsidR="009D430C" w:rsidRPr="009D430C" w:rsidRDefault="009D430C" w:rsidP="009D430C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D430C">
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Dans le cadre de l'appel à projets pour l'expérimentation d'une maison d'accompagnement et de soins palliatifs, pourriez-vous me confirmer qu'une Maison d'accompagnement et de soins palliatifs peut être adossée à une Unité de Soins de Longue Durée ?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E935415" w14:textId="77777777" w:rsidR="009D430C" w:rsidRPr="009D430C" w:rsidRDefault="009D430C" w:rsidP="009D430C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="150D7B74" w14:textId="38948E66" w:rsidR="009D430C" w:rsidRPr="009D430C" w:rsidRDefault="009D430C" w:rsidP="009D430C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D430C">
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Peut-être elle être intégrée à un secteur dédié au sein de l'USLD (sachant que l'établissement concernés dispose au sein du même bâtiment d'un EHPAD et d'une USLD), ou une transformation de lits d'USLD est</w:t>
+            </w:r>
+            <w:r w:rsidR="00352F36" w:rsidRPr="00352F36">
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D430C">
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>elle nécessaire pour créer cette Maison ?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4145D21B" w14:textId="77777777" w:rsidR="009D430C" w:rsidRPr="009D430C" w:rsidRDefault="009D430C" w:rsidP="009D430C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2E9A1BCB" w14:textId="77777777" w:rsidR="009D430C" w:rsidRPr="009D430C" w:rsidRDefault="009D430C" w:rsidP="009D430C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D430C">
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>En ce qui concerne la durée de séjour, il est précisé en page 7 du cahier des charges la possibilité d'un séjour temporaire dans des situations particulières : </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6929073F" w14:textId="77777777" w:rsidR="009D430C" w:rsidRPr="009D430C" w:rsidRDefault="009D430C" w:rsidP="009D430C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6607E72F" w14:textId="29524461" w:rsidR="009D430C" w:rsidRPr="009D430C" w:rsidRDefault="009D430C" w:rsidP="009D430C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D430C">
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Un nombre de places de séjour temporaire </w:t>
+            </w:r>
+            <w:r w:rsidR="00352F36" w:rsidRPr="00352F36">
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>doit-il</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D430C">
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> être défini dans le projet ?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="583CD41C" w14:textId="77777777" w:rsidR="009D430C" w:rsidRPr="009D430C" w:rsidRDefault="009D430C" w:rsidP="009D430C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="30A20E70" w14:textId="77777777" w:rsidR="009D430C" w:rsidRPr="009D430C" w:rsidRDefault="009D430C" w:rsidP="009D430C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D430C">
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Le séjour temporaire s'entend-il comme un séjour de 90 jours maximum ?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A4FA592" w14:textId="77777777" w:rsidR="009D430C" w:rsidRDefault="009D430C" w:rsidP="009458EE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5228" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="19AF6184" w14:textId="77777777" w:rsidR="00735CAD" w:rsidRDefault="00735CAD" w:rsidP="005A53AF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Une maison d’accompagnement et de soins palliatifs peut être adossée à un établissement de santé porteur d’une ULSD. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4DC3D6E4" w14:textId="77777777" w:rsidR="00735CAD" w:rsidRDefault="00735CAD" w:rsidP="005A53AF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="13EF5D3E" w14:textId="6B20988F" w:rsidR="00735CAD" w:rsidRDefault="007912EE" w:rsidP="005A53AF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Il convient de respecter le principe d’une structure médico-sociale d’hébergement qui tient de lieu de vie pour des personnes en fin de vie qui peuvent également y accueillir leurs proches. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22909334" w14:textId="77777777" w:rsidR="007912EE" w:rsidRDefault="007912EE" w:rsidP="005A53AF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0AFD254C" w14:textId="72A4F78C" w:rsidR="007912EE" w:rsidRDefault="007912EE" w:rsidP="005A53AF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Il convient de préciser le nombre de places pour séjour temporaire dans le projet. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18735699" w14:textId="77777777" w:rsidR="00561779" w:rsidRDefault="00561779" w:rsidP="005A53AF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1C8FB7CB" w14:textId="76A6951C" w:rsidR="007912EE" w:rsidRDefault="007912EE" w:rsidP="005A53AF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La durée d’un séjour temporaire est conditionnée à la situation de chaque patient. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A611BD" w14:paraId="34288ED9" w14:textId="77777777" w:rsidTr="00CB78A2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5228" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="22108CD9" w14:textId="77777777" w:rsidR="001A159B" w:rsidRDefault="001A159B" w:rsidP="00352F36">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0DB0773F" w14:textId="6E392A16" w:rsidR="00A611BD" w:rsidRDefault="00A611BD" w:rsidP="00352F36">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Questions n°12 : </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1DA6631A" w14:textId="77777777" w:rsidR="00A611BD" w:rsidRPr="00A611BD" w:rsidRDefault="00A611BD" w:rsidP="00352F36">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="77093B28" w14:textId="77777777" w:rsidR="00A611BD" w:rsidRPr="00A611BD" w:rsidRDefault="00A611BD" w:rsidP="00A611BD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A611BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Plus précisément, nous nous interrogeons sur la possibilité pour notre établissement, de recourir à un ticket modérateur en complément du financement prévu dans le cadre de l’appel à projet, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A611BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Question n°1</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>dans le respect des dispositions réglementaires applicables. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B5C4AAB" w14:textId="77777777" w:rsidR="00A611BD" w:rsidRDefault="00A611BD" w:rsidP="00352F36">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>1</w:t>
-[...183 lines deleted...]
-          <w:p w14:paraId="3A4FA592" w14:textId="77777777" w:rsidR="009D430C" w:rsidRDefault="009D430C" w:rsidP="009458EE">
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2CDE20D5" w14:textId="77777777" w:rsidR="00A611BD" w:rsidRDefault="00A611BD" w:rsidP="00352F36">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="19AF6184" w14:textId="77777777" w:rsidR="00735CAD" w:rsidRDefault="00735CAD" w:rsidP="005A53AF">
+          <w:p w14:paraId="42C861A5" w14:textId="77777777" w:rsidR="00A611BD" w:rsidRDefault="00A611BD" w:rsidP="00A611BD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Une maison d’accompagnement et de soins palliatifs peut être adossée à un établissement de santé porteur d’une ULSD. </w:t>
-[...17 lines deleted...]
-                <w:bCs/>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">S’agissant du tarif hébergement, le cahier des charges rappelle : </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C56CD7C" w14:textId="77777777" w:rsidR="00A611BD" w:rsidRPr="00FB19F9" w:rsidRDefault="00A611BD" w:rsidP="00A611BD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...22 lines deleted...]
-            </w:pPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>« </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB19F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Lors de son admission ou dans les jours qui suivent, la personne signe un contrat de séjour qui indique notamment la liste des prestations proposées ainsi que leur coût prévisionnel, le droit de rétractation,</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...22 lines deleted...]
-            </w:pPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB19F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">les conditions et modalités de résiliation, la description </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB19F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">des conditions de séjour et d’accueil, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB19F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>les modalités de calcul de la participation financière et les conditions de facturation</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB19F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">La durée d’un séjour temporaire est conditionnée à la situation de chaque patient. </w:t>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> »</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4915E005" w14:textId="77777777" w:rsidR="00A611BD" w:rsidRDefault="00A611BD" w:rsidP="00A611BD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="27FCEA0B" w14:textId="77777777" w:rsidR="00A611BD" w:rsidRDefault="00A611BD" w:rsidP="00A611BD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A611BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Un ticket modérateur </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">peut donc être envisagé en veillant à garantir une accessibilité financière à tous.  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21CB9946" w14:textId="77777777" w:rsidR="00A611BD" w:rsidRDefault="00A611BD" w:rsidP="00A611BD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le montant du ticket modérateur doit être précisé dans le volet recettes du budget prévisionnel à joindre au dossier de candidature. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="609E4E23" w14:textId="2C810754" w:rsidR="00A611BD" w:rsidRDefault="00A611BD" w:rsidP="00A611BD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A611BD" w14:paraId="0DC10066" w14:textId="77777777" w:rsidTr="001A159B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5228" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E2D1DD0" w14:textId="77777777" w:rsidR="001A159B" w:rsidRDefault="001A159B" w:rsidP="00352F36">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="68955889" w14:textId="63C24064" w:rsidR="00A611BD" w:rsidRDefault="00A611BD" w:rsidP="00352F36">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Question n°13 : </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7781C6AD" w14:textId="77777777" w:rsidR="00A611BD" w:rsidRPr="00A611BD" w:rsidRDefault="00A611BD" w:rsidP="00352F36">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="26355D72" w14:textId="77777777" w:rsidR="00A611BD" w:rsidRPr="00A611BD" w:rsidRDefault="00A611BD" w:rsidP="00A611BD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A611BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Il est indiqué un montant forfaitaire de 1 million d’Euros pour un accueil de 8 à 12 places, mais il est indiqué qu’il est possible de monter jusque 20 places, est ce que le montant forfaitaire peut-être ajusté si nous prévoyons 18 places ? </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1788FAA0" w14:textId="77777777" w:rsidR="00A611BD" w:rsidRDefault="00A611BD" w:rsidP="00352F36">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5228" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D0396E6" w14:textId="3BA8D63A" w:rsidR="00A611BD" w:rsidRDefault="00A611BD" w:rsidP="005A53AF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le montant forfaitaire de 1 M€ reste le même, quel que soit le nombre de places ouvertes entre 8 et 20 places. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A159B" w14:paraId="16E87B89" w14:textId="77777777" w:rsidTr="001A159B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5228" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F0ABE39" w14:textId="77777777" w:rsidR="001A159B" w:rsidRDefault="001A159B" w:rsidP="001A159B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6D024B6E" w14:textId="03A172EA" w:rsidR="001A159B" w:rsidRDefault="001A159B" w:rsidP="001A159B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Question n°14 : </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C14AAFB" w14:textId="77777777" w:rsidR="001A159B" w:rsidRPr="00A611BD" w:rsidRDefault="001A159B" w:rsidP="001A159B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="475B472A" w14:textId="77777777" w:rsidR="001A159B" w:rsidRPr="001A159B" w:rsidRDefault="001A159B" w:rsidP="001A159B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A159B">
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Les dossiers de candidature doivent obligatoirement être accompagnés de la fiche d’inscription de candidature comportant le territoire ciblé par le projet et les coordonnées complètes du candidat. Ces coordonnées seront utilisées pour toute correspondance en lien avec le dossier déposé. »</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13C60228" w14:textId="77777777" w:rsidR="001A159B" w:rsidRPr="001A159B" w:rsidRDefault="001A159B" w:rsidP="001A159B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A159B">
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Où peut-on trouver cette fiche de candidature ?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0810F4F5" w14:textId="77777777" w:rsidR="001A159B" w:rsidRDefault="001A159B" w:rsidP="001A159B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A159B">
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Sur Démarches simplifiées, il y a bien une section « Fiche de candidature », mais il n’y a pas de mention du territoire.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="47B732AD" w14:textId="2E4D8196" w:rsidR="001A159B" w:rsidRDefault="001A159B" w:rsidP="001A159B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5228" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="224229CF" w14:textId="77777777" w:rsidR="001A159B" w:rsidRPr="001A159B" w:rsidRDefault="001A159B" w:rsidP="001A159B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A159B">
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vous pouvez préciser le territoire dans la section 1 « lieu d’implantation du projet » dans les premiers champs du dossier de candidature. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A1FF435" w14:textId="77777777" w:rsidR="001A159B" w:rsidRDefault="001A159B" w:rsidP="005A53AF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A159B" w14:paraId="6AFF1FA6" w14:textId="77777777" w:rsidTr="00CB78A2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5228" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CEA1D29" w14:textId="77777777" w:rsidR="001A159B" w:rsidRDefault="001A159B" w:rsidP="001A159B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="549EDBF4" w14:textId="0F5C3BB9" w:rsidR="001A159B" w:rsidRDefault="001A159B" w:rsidP="001A159B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Question n°15 : </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D690D68" w14:textId="77777777" w:rsidR="001A159B" w:rsidRPr="00A611BD" w:rsidRDefault="001A159B" w:rsidP="001A159B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="79A8F181" w14:textId="77777777" w:rsidR="004A341B" w:rsidRPr="004A341B" w:rsidRDefault="004A341B" w:rsidP="004A341B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A341B">
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les EHPAD peuvent-ils proposer la transformation de places d’hébergement permanent pour accueillir une maison d’accompagnement et de soins palliatifs dans le cadre de l’appel à projets ? </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E7AEB49" w14:textId="77777777" w:rsidR="001A159B" w:rsidRDefault="001A159B" w:rsidP="001A159B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5228" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CA11714" w14:textId="6FDD7807" w:rsidR="001A159B" w:rsidRPr="001A159B" w:rsidRDefault="005A0225" w:rsidP="001A159B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A0225">
+              <w:rPr>
+                <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Cette demande de transformation sera étudiée dans le cadre de l’instruction du projet en lien avec le conseil départemental concerné.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3D8C7945" w14:textId="0D04CD87" w:rsidR="00305EBB" w:rsidRPr="00305EBB" w:rsidRDefault="00305EBB" w:rsidP="0089217B">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Calibri"/>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00305EBB" w:rsidRPr="00305EBB" w:rsidSect="00644D0C">
       <w:footerReference w:type="even" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
@@ -2671,50 +3302,51 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Trebuchet MS">
     <w:panose1 w:val="020B0603020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000687" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Marianne">
+    <w:altName w:val="Marianne"/>
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="0000000F" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000003" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
@@ -2758,111 +3390,81 @@
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="19C601A2" w14:textId="77777777" w:rsidR="00B13C37" w:rsidRDefault="00B13C37">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="009E4AA6">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="5C39755F" w14:textId="3D934132" w:rsidR="007B4FDC" w:rsidRPr="005C0E30" w:rsidRDefault="005C0E30" w:rsidP="00162BAB">
+  <w:p w14:paraId="5C39755F" w14:textId="6711902F" w:rsidR="007B4FDC" w:rsidRPr="005C0E30" w:rsidRDefault="005C0E30" w:rsidP="00162BAB">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:ind w:right="360"/>
       <w:rPr>
         <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
         <w:b/>
         <w:color w:val="C00000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="005C0E30">
       <w:rPr>
         <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
         <w:b/>
         <w:color w:val="C00000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">MAJ : </w:t>
     </w:r>
-    <w:r w:rsidR="009458EE">
+    <w:r w:rsidR="004A341B">
       <w:rPr>
         <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
         <w:b/>
         <w:color w:val="C00000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>2</w:t>
-[...29 lines deleted...]
-      <w:t>/2025</w:t>
+      <w:t>14/01/2026</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="4D371577" w14:textId="77777777" w:rsidR="00A84506" w:rsidRDefault="00A84506">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="78FB13B1" w14:textId="77777777" w:rsidR="00A84506" w:rsidRDefault="00A84506">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
@@ -2873,58 +3475,58 @@
         <v:stroke joinstyle="miter"/>
         <v:formulas>
           <v:f eqn="if lineDrawn pixelLineWidth 0"/>
           <v:f eqn="sum @0 1 0"/>
           <v:f eqn="sum 0 0 @1"/>
           <v:f eqn="prod @2 1 2"/>
           <v:f eqn="prod @3 21600 pixelWidth"/>
           <v:f eqn="prod @3 21600 pixelHeight"/>
           <v:f eqn="sum @0 0 1"/>
           <v:f eqn="prod @6 1 2"/>
           <v:f eqn="prod @7 21600 pixelWidth"/>
           <v:f eqn="sum @8 21600 0"/>
           <v:f eqn="prod @7 21600 pixelHeight"/>
           <v:f eqn="sum @10 21600 0"/>
         </v:formulas>
         <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
         <o:lock v:ext="edit" aspectratio="t"/>
       </v:shapetype>
       <v:shape id="_x0000_i1026" type="#_x0000_t75" style="width:10pt;height:10pt" o:bullet="t">
         <v:imagedata r:id="rId1" o:title="mso13"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:numPicBullet w:numPicBulletId="1">
     <w:pict>
-      <v:shape id="_x0000_i1027" type="#_x0000_t75" style="width:9.4pt;height:9.4pt" o:bullet="t">
+      <v:shape id="_x0000_i1027" type="#_x0000_t75" style="width:9.35pt;height:9.35pt" o:bullet="t">
         <v:imagedata r:id="rId2" o:title="bullet2"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:numPicBullet w:numPicBulletId="2">
     <w:pict>
-      <v:shape id="_x0000_i1028" type="#_x0000_t75" style="width:9.4pt;height:9.4pt" o:bullet="t">
+      <v:shape id="_x0000_i1028" type="#_x0000_t75" style="width:9.35pt;height:9.35pt" o:bullet="t">
         <v:imagedata r:id="rId3" o:title="bullet3"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="04EF7739"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5052DCB4"/>
     <w:lvl w:ilvl="0" w:tplc="040C000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -5986,130 +6588,133 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="1803576997">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1600261500">
     <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="90"/>
+  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00085216"/>
     <w:rsid w:val="00001998"/>
+    <w:rsid w:val="000132A6"/>
     <w:rsid w:val="00014DC3"/>
     <w:rsid w:val="0001668C"/>
     <w:rsid w:val="000223B4"/>
     <w:rsid w:val="00023724"/>
     <w:rsid w:val="00026BA0"/>
     <w:rsid w:val="00027BFE"/>
     <w:rsid w:val="00033174"/>
     <w:rsid w:val="0004213A"/>
+    <w:rsid w:val="000429A7"/>
     <w:rsid w:val="000441AA"/>
     <w:rsid w:val="00046CF7"/>
     <w:rsid w:val="00047564"/>
     <w:rsid w:val="00051016"/>
     <w:rsid w:val="00051C41"/>
     <w:rsid w:val="00061103"/>
     <w:rsid w:val="00070244"/>
     <w:rsid w:val="00085216"/>
     <w:rsid w:val="0009073A"/>
     <w:rsid w:val="000928C7"/>
     <w:rsid w:val="00095B33"/>
     <w:rsid w:val="000B0C0C"/>
     <w:rsid w:val="000B4865"/>
     <w:rsid w:val="000B54C7"/>
     <w:rsid w:val="000C1649"/>
     <w:rsid w:val="000C2616"/>
     <w:rsid w:val="000C27D4"/>
     <w:rsid w:val="000D3227"/>
     <w:rsid w:val="000D607C"/>
     <w:rsid w:val="000E5C52"/>
     <w:rsid w:val="000F0601"/>
     <w:rsid w:val="00102D8B"/>
     <w:rsid w:val="00114BF4"/>
     <w:rsid w:val="00117654"/>
     <w:rsid w:val="00120518"/>
     <w:rsid w:val="00124669"/>
     <w:rsid w:val="001260C6"/>
     <w:rsid w:val="0014455A"/>
     <w:rsid w:val="0014601E"/>
     <w:rsid w:val="00155BDD"/>
     <w:rsid w:val="00156DAD"/>
     <w:rsid w:val="00156EA8"/>
     <w:rsid w:val="0016217C"/>
     <w:rsid w:val="00162BAB"/>
     <w:rsid w:val="00163B82"/>
     <w:rsid w:val="00174F18"/>
     <w:rsid w:val="00175667"/>
     <w:rsid w:val="001810DE"/>
     <w:rsid w:val="00184343"/>
     <w:rsid w:val="001849AB"/>
     <w:rsid w:val="00195ECD"/>
     <w:rsid w:val="001A0A4F"/>
+    <w:rsid w:val="001A159B"/>
     <w:rsid w:val="001A23EE"/>
     <w:rsid w:val="001A44EE"/>
     <w:rsid w:val="001A5D60"/>
     <w:rsid w:val="001A7A3F"/>
     <w:rsid w:val="001B2A9E"/>
     <w:rsid w:val="001B6448"/>
     <w:rsid w:val="001C0DC0"/>
     <w:rsid w:val="001C375E"/>
     <w:rsid w:val="001D192A"/>
     <w:rsid w:val="001D1D4B"/>
     <w:rsid w:val="001D2B40"/>
     <w:rsid w:val="001F72CD"/>
     <w:rsid w:val="001F7F9E"/>
     <w:rsid w:val="0021071C"/>
     <w:rsid w:val="00212A27"/>
     <w:rsid w:val="0021453C"/>
     <w:rsid w:val="00216DC8"/>
     <w:rsid w:val="00225836"/>
     <w:rsid w:val="00226BEC"/>
     <w:rsid w:val="00237D1A"/>
     <w:rsid w:val="0024203D"/>
     <w:rsid w:val="00243956"/>
     <w:rsid w:val="00253900"/>
     <w:rsid w:val="0026405A"/>
     <w:rsid w:val="002642D4"/>
@@ -6146,70 +6751,73 @@
     <w:rsid w:val="00366D85"/>
     <w:rsid w:val="00367849"/>
     <w:rsid w:val="0037472E"/>
     <w:rsid w:val="00385893"/>
     <w:rsid w:val="00386C9E"/>
     <w:rsid w:val="003908DF"/>
     <w:rsid w:val="00396E15"/>
     <w:rsid w:val="003A3A17"/>
     <w:rsid w:val="003E499E"/>
     <w:rsid w:val="003E4E46"/>
     <w:rsid w:val="003F0CEB"/>
     <w:rsid w:val="003F7BD6"/>
     <w:rsid w:val="00412390"/>
     <w:rsid w:val="0042206A"/>
     <w:rsid w:val="00423E83"/>
     <w:rsid w:val="00426EDE"/>
     <w:rsid w:val="00427468"/>
     <w:rsid w:val="00440BB7"/>
     <w:rsid w:val="00441E55"/>
     <w:rsid w:val="0044358C"/>
     <w:rsid w:val="00446493"/>
     <w:rsid w:val="004513AB"/>
     <w:rsid w:val="004601A5"/>
     <w:rsid w:val="00477E00"/>
     <w:rsid w:val="0049170D"/>
+    <w:rsid w:val="004A341B"/>
     <w:rsid w:val="004B1873"/>
     <w:rsid w:val="004C1B48"/>
     <w:rsid w:val="004D337D"/>
     <w:rsid w:val="004E0BBC"/>
     <w:rsid w:val="004E5B58"/>
     <w:rsid w:val="00513F3E"/>
     <w:rsid w:val="0052181A"/>
     <w:rsid w:val="005225D1"/>
     <w:rsid w:val="00531AE6"/>
     <w:rsid w:val="00533370"/>
     <w:rsid w:val="00555F8B"/>
     <w:rsid w:val="0055720E"/>
     <w:rsid w:val="00561545"/>
     <w:rsid w:val="005616E8"/>
     <w:rsid w:val="00561779"/>
     <w:rsid w:val="00564022"/>
+    <w:rsid w:val="00570BA8"/>
     <w:rsid w:val="00573FDA"/>
     <w:rsid w:val="00580F18"/>
     <w:rsid w:val="005826EC"/>
     <w:rsid w:val="00585ACC"/>
+    <w:rsid w:val="005A0225"/>
     <w:rsid w:val="005A3C92"/>
     <w:rsid w:val="005A53AF"/>
     <w:rsid w:val="005B4C48"/>
     <w:rsid w:val="005C0E30"/>
     <w:rsid w:val="005C1BD7"/>
     <w:rsid w:val="005C7218"/>
     <w:rsid w:val="005E76BF"/>
     <w:rsid w:val="005F11D7"/>
     <w:rsid w:val="00613122"/>
     <w:rsid w:val="006446DE"/>
     <w:rsid w:val="00644D0C"/>
     <w:rsid w:val="00652F95"/>
     <w:rsid w:val="0066551B"/>
     <w:rsid w:val="00677737"/>
     <w:rsid w:val="006833A5"/>
     <w:rsid w:val="00684E39"/>
     <w:rsid w:val="00690667"/>
     <w:rsid w:val="006939E5"/>
     <w:rsid w:val="006A7FB9"/>
     <w:rsid w:val="006B326D"/>
     <w:rsid w:val="006B4A5A"/>
     <w:rsid w:val="006B7D30"/>
     <w:rsid w:val="006C0658"/>
     <w:rsid w:val="006C10F4"/>
     <w:rsid w:val="006C1E20"/>
@@ -6312,50 +6920,51 @@
     <w:rsid w:val="009C399F"/>
     <w:rsid w:val="009D2E54"/>
     <w:rsid w:val="009D34AC"/>
     <w:rsid w:val="009D430C"/>
     <w:rsid w:val="009D5218"/>
     <w:rsid w:val="009D531E"/>
     <w:rsid w:val="009D7200"/>
     <w:rsid w:val="009D7977"/>
     <w:rsid w:val="009E4AA6"/>
     <w:rsid w:val="009E5DAA"/>
     <w:rsid w:val="009F46F0"/>
     <w:rsid w:val="009F6299"/>
     <w:rsid w:val="009F7FE6"/>
     <w:rsid w:val="00A02E5C"/>
     <w:rsid w:val="00A040FD"/>
     <w:rsid w:val="00A32EF8"/>
     <w:rsid w:val="00A3321C"/>
     <w:rsid w:val="00A3466D"/>
     <w:rsid w:val="00A34B2D"/>
     <w:rsid w:val="00A359DD"/>
     <w:rsid w:val="00A37ABD"/>
     <w:rsid w:val="00A41602"/>
     <w:rsid w:val="00A4272C"/>
     <w:rsid w:val="00A433F8"/>
     <w:rsid w:val="00A44ADB"/>
+    <w:rsid w:val="00A611BD"/>
     <w:rsid w:val="00A77CB8"/>
     <w:rsid w:val="00A80568"/>
     <w:rsid w:val="00A84506"/>
     <w:rsid w:val="00A93B8F"/>
     <w:rsid w:val="00AA0988"/>
     <w:rsid w:val="00AA1FAD"/>
     <w:rsid w:val="00AA5F02"/>
     <w:rsid w:val="00AB4490"/>
     <w:rsid w:val="00AB4B85"/>
     <w:rsid w:val="00AC14D3"/>
     <w:rsid w:val="00AC2184"/>
     <w:rsid w:val="00AC485F"/>
     <w:rsid w:val="00AD3858"/>
     <w:rsid w:val="00AD3B7A"/>
     <w:rsid w:val="00AE6E5C"/>
     <w:rsid w:val="00AF1051"/>
     <w:rsid w:val="00AF5179"/>
     <w:rsid w:val="00AF585F"/>
     <w:rsid w:val="00B025D8"/>
     <w:rsid w:val="00B052D3"/>
     <w:rsid w:val="00B13988"/>
     <w:rsid w:val="00B13C37"/>
     <w:rsid w:val="00B15274"/>
     <w:rsid w:val="00B15DD8"/>
     <w:rsid w:val="00B16F69"/>
@@ -6781,58 +7390,59 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="006C0658"/>
+    <w:rsid w:val="001A159B"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Policepardfaut">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableauNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Aucuneliste">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="Grilledutableau">
     <w:name w:val="Table Grid"/>
@@ -7003,50 +7613,63 @@
     <w:basedOn w:val="Policepardfaut"/>
     <w:rsid w:val="00C46554"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Mentionnonrsolue">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C46554"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
+    <w:div w:id="22630405">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="67580057">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="85658204">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -7094,64 +7717,103 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="361590461">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="392433425">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="489445335">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="507019032">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="543760451">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="638613965">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="693776003">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -7392,64 +8054,90 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1436319357">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1446535561">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1493333842">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1649163276">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1661421779">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1664700151">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -7535,90 +8223,116 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2003729785">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="2041858447">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="2045791950">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2081711888">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2083945166">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2120370915">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2143452805">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/numbering.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.gif"/></Relationships>
 </file>
 
@@ -7865,76 +8579,76 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>6070</Characters>
+  <Pages>4</Pages>
+  <Words>1475</Words>
+  <Characters>8032</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>50</Lines>
-  <Paragraphs>14</Paragraphs>
+  <Lines>66</Lines>
+  <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>FOIRE AUX QUESTIONS (FAQ)</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Ministère de la Santé</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7165</CharactersWithSpaces>
+  <CharactersWithSpaces>9489</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>FOIRE AUX QUESTIONS (FAQ)</dc:title>
   <dc:subject/>
   <dc:creator>cdelcour</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_DocHome">
     <vt:i4>-1820484353</vt:i4>
   </property>