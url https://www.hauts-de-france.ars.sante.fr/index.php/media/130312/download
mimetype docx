--- v0 (2025-12-25)
+++ v1 (2026-02-09)
@@ -1,74 +1,75 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="gif" ContentType="image/gif"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="gif" ContentType="image/gif"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00C72F9F" w:rsidRDefault="00C72F9F">
+    <w:p w14:paraId="3A5D479F" w14:textId="77777777" w:rsidR="00C72F9F" w:rsidRDefault="00C72F9F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="78568839" wp14:editId="2AB4F9E1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4B0D4253" wp14:editId="56B63B00">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>6372225</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-435915</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="533400" cy="10749280"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="6" name="Groupe 6"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr>
                         <a:grpSpLocks/>
                       </wpg:cNvGrpSpPr>
                       <wpg:grpSpPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="533400" cy="10749280"/>
                           <a:chOff x="7560" y="0"/>
@@ -158,70 +159,70 @@
                                     <a:srgbClr val="D8D8D8"/>
                                   </a:outerShdw>
                                 </a:effectLst>
                               </a14:hiddenEffects>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="ctr" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="0B4BC92F" id="Groupe 6" o:spid="_x0000_s1026" style="position:absolute;margin-left:501.75pt;margin-top:-34.3pt;width:42pt;height:846.4pt;z-index:251662336" coordorigin="7560" coordsize="4738,15840" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDRnVR4+AMAAJ8LAAAOAAAAZHJzL2Uyb0RvYy54bWzMVttu4zYQfS/QfyD07kiyJeuCKIvYsYMC&#10;2e6i6eWZliiJqCSqJB0lLfrvOxxKvqQJut30ZgM2KQ6HM2fmHPHy3WPbkAcmFRdd5vgXnkNYl4uC&#10;d1Xm/PD9dhY7RGnaFbQRHcucJ6acd1dff3U59Cmbi1o0BZMEnHQqHfrMqbXuU9dVec1aqi5EzzpY&#10;LIVsqYaprNxC0gG8t40797ylOwhZ9FLkTCl4emMXnSv0X5Ys1x/KUjFNmsyB2DT+SvzdmV/36pKm&#10;laR9zfMxDPoFUbSUd3DowdUN1ZTsJf+Dq5bnUihR6otctK4oS54zzAGy8b1n2dxKse8xlyodqv4A&#10;E0D7DKcvdpt/+/BREl5kztIhHW2hRHgqI0uDzdBXKZjcyv6+/yhtgjC8E/nPCpbd5+tmXlljshve&#10;iwL80b0WiM1jKVvjArImj1iCp0MJ2KMmOTwMF4vAg0LlsOR7UZDM47FIeQ2VNPuicAkGx615vRk3&#10;B9EC2g23hnGA+1ya2mMx1DE0kxe0mzoiqt6G6H1Ne4aFUgauEdFoQvQ7aEPaVQ0jgQUVrSZElYWT&#10;dGJdgxW7llIMNaMFBOUbewj9ZIOZKCjGn+IbRcniFKcJ4iD0wtdQomkvlb5loiVmkDkSQsfi0Yc7&#10;pU0wRxNTSyUaXmx50+BEVrt1I8kDBbYlq9UqTDD+Z2ZNZ4w7YbZZj/YJBAhnmDUTKrLnt8SfB95q&#10;nsy2yziaBdsgnCWRF888P1klSy9Igpvt7yZAP0hrXhSsu+Mdm5jsB59X11FTLAeRy2SADMJ5iLm/&#10;nuRNbL4vJdlyDcLW8DZzYs98jBFNTV03XYFjTXljx+55+IgyYDD9IyrYBabwtnt3oniCJpACigR0&#10;AAmGQS3krw4ZQM4yR/2yp5I5pPmmg0ZK/AAIQTROgjCaw0SeruxOV2iXg6vM0Q6xw7W2mrnvJa9q&#10;OMlHYDpxDeQuOTaGaUwb1diyQLB/iWnAeqtdR6ZBixdM5RD2nYkYAeI5bUwZzvgEzflPEXASKmwQ&#10;29VG4/zkyD/oMEuBSRz/Iv96qrXh0UjXRv8IjYC1KSugomk59QIrzXPa9DW1XMUOnbrYmmPvHXzs&#10;XnS2xQ+e9hnORh9GQMagTRSvigG+vK3mIHT/K2nw5xEwGtF9VQBHdGx5zyTk79GGU5m83obwslzE&#10;sygKF7NgsfFmq3i7nl2v/eUy2qzWq41/LpMbxFe9XSkNCGwqlpmIPSjffV0MpODmFRIu4ngObOTA&#10;RQOb0UJCmwrui7mWIENC/8R1je9Qo2WI6mnPnonswbsVx+PBJxo65jbJ5/T/n8kopvlWIcULDNwC&#10;MZvxxmqumadzGJ/eq68+AQAA//8DAFBLAwQUAAYACAAAACEAqOBLOeMAAAAOAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPwWrDMBBE74X+g9hCb4lkp3GNazmE0PYUCk0KITfF2tgmlmQsxXb+vptTe9vZ&#10;HWbf5KvJtGzA3jfOSojmAhja0unGVhJ+9h+zFJgPymrVOosSbuhhVTw+5CrTbrTfOOxCxSjE+kxJ&#10;qEPoMs59WaNRfu46tHQ7u96oQLKvuO7VSOGm5bEQCTeqsfShVh1uaiwvu6uR8Dmqcb2I3oft5by5&#10;HffLr8M2Qimfn6b1G7CAU/gzwx2f0KEgppO7Wu1ZS1qIxZK8EmZJmgC7W0T6SqsTTUn8EgMvcv6/&#10;RvELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA0Z1UePgDAACfCwAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAqOBLOeMAAAAOAQAADwAAAAAAAAAA&#10;AAAAAABSBgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGIHAAAAAA==&#10;">
+              <v:group w14:anchorId="417544CD" id="Groupe 6" o:spid="_x0000_s1026" style="position:absolute;margin-left:501.75pt;margin-top:-34.3pt;width:42pt;height:846.4pt;z-index:251662336" coordorigin="7560" coordsize="4738,15840" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCB1Dpe3gIAABAIAAAOAAAAZHJzL2Uyb0RvYy54bWy8Vdtu2zAMfR+wfxD0vtpJ7CYx6hS9rMWA&#10;bivWbe+KLF8wWdIoJW739aNk54KsxbYWqB8MUaKow8ND6eT0vpVkLcA2WuV0dBRTIhTXRaOqnH77&#10;evVuRol1TBVMaiVy+iAsPV28fXPSmUyMda1lIYBgEGWzzuS0ds5kUWR5LVpmj7QRChdLDS1zaEIV&#10;FcA6jN7KaBzHx1GnoTCgubAWZy/7RboI8ctScPe5LK1wROYUsbnwh/Bf+n+0OGFZBczUDR9gsGeg&#10;aFmj8NBtqEvmGFlB80eotuGgrS7dEddtpMuy4SLkgNmM4oNsrkGvTMilyrrKbGlCag94enZY/ml9&#10;DebO3EKPHoc3mv+wyEvUmSrbX/d21TuTZfdRF1hPtnI6JH5fQutDYErkPvD7sOVX3DvCcTKdTJIY&#10;q8BxaRRPk/l4NlSA11gmv2+aHqPDbiuv3w+bk+kEtRS2prMk7ItY1h8boA7QfOlRS3ZHl30ZXXc1&#10;MyJUwXo6boE0BQKlRLEWGfiCGmOqkoIkXk3+cPTaMGp7OonSFzV6iTMA3dWCFQhq5P0R+t4Gb1gs&#10;xl/5nU7nk32eNhQnaZw+xRLLDFh3LXRL/CCngNBD8dj6xjoPZufia2m1bIqrRspgQLW8kEDWDFtp&#10;fn5+ns4D/gM3qbyz0n5bH9HPhCx9Yj1BS108YJKg+37E+wMHtYZflHTYizm1P1cMBCXyg0Ki5qME&#10;C05cMJJ0OkYD9leW+ytMcQyVU0dJP7xwfcOvDDRVjSeNQtJKn6F4yyYk7onvUQ1gUUCvpCRU9aGS&#10;sISFsBxh33jE/oJ1DWfyNQW2acSZP5RlG4GN5jt9jdNBAZvm/099Geac18kgR+m+Y56hNmWFUntK&#10;dX6eSVOzXouzGL+NFHuRBiVvYywfDXYVvnDaPwQbYvgGGUB7FI+LHckKL8/QU5uefkXpcwcvF3+4&#10;VPHZCWQOT6R/1/bt0Cy7h3zxGwAA//8DAFBLAwQUAAYACAAAACEAqOBLOeMAAAAOAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPwWrDMBBE74X+g9hCb4lkp3GNazmE0PYUCk0KITfF2tgmlmQsxXb+vptT&#10;e9vZHWbf5KvJtGzA3jfOSojmAhja0unGVhJ+9h+zFJgPymrVOosSbuhhVTw+5CrTbrTfOOxCxSjE&#10;+kxJqEPoMs59WaNRfu46tHQ7u96oQLKvuO7VSOGm5bEQCTeqsfShVh1uaiwvu6uR8Dmqcb2I3oft&#10;5by5HffLr8M2Qimfn6b1G7CAU/gzwx2f0KEgppO7Wu1ZS1qIxZK8EmZJmgC7W0T6SqsTTUn8EgMv&#10;cv6/RvELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAgdQ6Xt4CAAAQCAAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAqOBLOeMAAAAOAQAADwAAAAAA&#10;AAAAAAAAAAA4BQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAEgGAAAAAA==&#10;">
                 <v:rect id="Rectangle 4" o:spid="_x0000_s1027" style="position:absolute;left:7793;width:4505;height:15840;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA6rgajwQAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvgt8hPMGbpnpQqUZZFEUEwX/IHh/N27Zu81KSqPXbbxYEj8PM/IaZLRpTiQc5X1pWMOgnIIgz&#10;q0vOFVzO694EhA/IGivLpOBFHhbzdmuGqbZPPtLjFHIRIexTVFCEUKdS+qwgg75va+Lo/VhnMETp&#10;cqkdPiPcVHKYJCNpsOS4UGBNy4Ky39PdKDjg4ducV9tLddsczd6VOLzedkp1O83XFESgJnzC7/ZW&#10;KxjD/5V4A+T8DwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADquBqPBAAAA2gAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" fillcolor="#9bbb59" stroked="f" strokecolor="#d8d8d8"/>
-                <v:rect id="Rectangle 5" o:spid="_x0000_s1028" alt="Light vertical" style="position:absolute;left:7560;top:8;width:195;height:15825;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBwKoUkvAAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE+9CsIw&#10;EN4F3yGc4KapCiLVKCIIgoO0Ouh2NGdbbC6liW19ezMIjh/f/2bXm0q01LjSsoLZNAJBnFldcq7g&#10;dj1OViCcR9ZYWSYFH3Kw2w4HG4y17TihNvW5CCHsYlRQeF/HUrqsIINuamviwD1tY9AH2ORSN9iF&#10;cFPJeRQtpcGSQ0OBNR0Kyl7p2yi43LBeunmXtdUj9ffLIjmvjolS41G/X4Pw1Pu/+Oc+aQVha7gS&#10;boDcfgEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAAAAAAAAAA&#10;AAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBwKoUkvAAAANoAAAAPAAAAAAAAAAAA&#10;AAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA8AIAAAAA&#10;" fillcolor="#9bbb59" stroked="f" strokecolor="white" strokeweight="1pt">
+                <v:rect id="Rectangle 5" o:spid="_x0000_s1028" alt="Light vertical" style="position:absolute;left:7560;top:8;width:195;height:15825;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAsliUswwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0L/Q/LFLxI3agQQuoqUlvowYqJgdLbkB2T0OxsyG6T9N93DwWPj/e93U+mFQP1rrGsYLWMQBCX&#10;VjdcKSiub08JCOeRNbaWScEvOdjvHmZbTLUdOaMh95UIIexSVFB736VSurImg25pO+LA3Wxv0AfY&#10;V1L3OIZw08p1FMXSYMOhocaOXmoqv/Mfo2A4xxd5/EhOn69Z8YWLQ3I7b5xS88fp8AzC0+Tv4n/3&#10;u1YQtoYr4QbI3R8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEALJYlLMMAAADaAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" fillcolor="#9bbb59" stroked="f" strokecolor="white" strokeweight="1pt">
                   <v:fill r:id="rId8" o:title="" opacity="52428f" o:opacity2="52428f" type="pattern"/>
                   <v:shadow color="#d8d8d8" offset="3pt,3pt"/>
                 </v:rect>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="7BE308AC" wp14:editId="4FD0A9D1">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="28024877" wp14:editId="7AA2D26C">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-1778635</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>133350</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="9326245" cy="687070"/>
             <wp:effectExtent l="0" t="0" r="8255" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="2" name="Image 2" descr="entete_filet"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Image 4" descr="entete_filet"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9">
@@ -240,169 +241,169 @@
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="9326245" cy="687070"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C72F9F" w:rsidRDefault="00C72F9F">
+    <w:p w14:paraId="2791765B" w14:textId="77777777" w:rsidR="00C72F9F" w:rsidRDefault="00C72F9F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C72F9F" w:rsidRDefault="00C72F9F">
+    <w:p w14:paraId="12764180" w14:textId="77777777" w:rsidR="00C72F9F" w:rsidRDefault="00C72F9F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C72A2F" w:rsidRPr="00FC6071" w:rsidRDefault="00243B8C" w:rsidP="00243B8C">
+    <w:p w14:paraId="5DBB8711" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00FC6071" w:rsidRDefault="00243B8C" w:rsidP="00243B8C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2E21323B" wp14:editId="4A90CE03">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="536F673A" wp14:editId="73D80EC8">
             <wp:extent cx="3025140" cy="944880"/>
             <wp:effectExtent l="0" t="0" r="0" b="7620"/>
             <wp:docPr id="1" name="Image 1" descr="cid:image001.png@01D621D7.A5830240"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="Image 1" descr="cid:image001.png@01D621D7.A5830240"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10" r:link="rId11">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3025140" cy="944880"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C72A2F" w:rsidRPr="00FC6071" w:rsidRDefault="00C72A2F" w:rsidP="001C365D">
+    <w:p w14:paraId="7E398086" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00FC6071" w:rsidRDefault="00C72A2F" w:rsidP="001C365D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C72A2F" w:rsidRPr="00FC6071" w:rsidRDefault="00C72A2F">
+    <w:p w14:paraId="7F047D5A" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00FC6071" w:rsidRDefault="00C72A2F">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F">
+    <w:p w14:paraId="6A49DC74" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C72F9F" w:rsidRDefault="00C72F9F">
+    <w:p w14:paraId="2E9B4A99" w14:textId="77777777" w:rsidR="00C72F9F" w:rsidRDefault="00C72F9F">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C72F9F" w:rsidRDefault="00C72F9F">
+    <w:p w14:paraId="16899E1C" w14:textId="77777777" w:rsidR="00C72F9F" w:rsidRDefault="00C72F9F">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="5269C7DB" wp14:editId="3F250D67">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="42BC1261" wp14:editId="4419F9AA">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>-19050</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>3085465</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="7724775" cy="1666875"/>
                 <wp:effectExtent l="0" t="0" r="28575" b="28575"/>
                 <wp:wrapNone/>
                 <wp:docPr id="19" name="Rectangle 19"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="7724775" cy="1666875"/>
                         </a:xfrm>
@@ -413,274 +414,274 @@
                           <a:srgbClr val="4F81BD"/>
                         </a:solidFill>
                         <a:ln w="12700">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                         <a:effectLst/>
                         <a:extLst>
                           <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                             <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:effectLst>
                                 <a:outerShdw dist="53882" dir="2700000" algn="ctr" rotWithShape="0">
                                   <a:srgbClr val="D8D8D8"/>
                                 </a:outerShdw>
                               </a:effectLst>
                             </a14:hiddenEffects>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00C72F9F" w:rsidRDefault="00C72F9F" w:rsidP="00E34D6C">
+                          <w:p w14:paraId="2298517C" w14:textId="77777777" w:rsidR="00C72F9F" w:rsidRDefault="00C72F9F" w:rsidP="00E34D6C">
                             <w:pPr>
                               <w:tabs>
                                 <w:tab w:val="left" w:pos="0"/>
                               </w:tabs>
                               <w:spacing w:after="240"/>
                               <w:ind w:right="1634"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="58"/>
                                 <w:szCs w:val="58"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00563496">
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                                 <w:b/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="58"/>
                                 <w:szCs w:val="58"/>
                               </w:rPr>
                               <w:t xml:space="preserve">DOSSIER </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                                 <w:b/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="58"/>
                                 <w:szCs w:val="58"/>
                               </w:rPr>
                               <w:t>DE CANDIDATURE</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00C72F9F" w:rsidRPr="00067823" w:rsidRDefault="00C72F9F" w:rsidP="00E34D6C">
+                          <w:p w14:paraId="487AC256" w14:textId="77777777" w:rsidR="00C72F9F" w:rsidRPr="00067823" w:rsidRDefault="00C72F9F" w:rsidP="00E34D6C">
                             <w:pPr>
                               <w:tabs>
                                 <w:tab w:val="left" w:pos="0"/>
                               </w:tabs>
                               <w:spacing w:after="240"/>
                               <w:ind w:right="1634"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="48"/>
                                 <w:szCs w:val="48"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="48"/>
                                 <w:szCs w:val="48"/>
                               </w:rPr>
                               <w:t>EQUIPE MOBILE D’HYGIENE en EHPAD</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="182880" tIns="45720" rIns="182880" bIns="45720" anchor="ctr" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="5269C7DB" id="Rectangle 19" o:spid="_x0000_s1026" style="position:absolute;margin-left:-1.5pt;margin-top:242.95pt;width:608.25pt;height:131.25pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDBwABdwAIAAJ0FAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO0zAQfUfiHyy/d5O0aROiTVe9IiQu&#10;KxbEsxs7iYVjB9ttsiD+nbHTdluWB4RopchjT47nnDmZ27u+EejAtOFK5ji6CTFislCUyyrHnz9t&#10;RylGxhJJiVCS5fiRGXw3f/nitmszNla1EpRpBCDSZF2b49raNgsCU9SsIeZGtUzCYal0QyyEugqo&#10;Jh2gNyIYh+Es6JSmrVYFMwZ218Mhnnv8smSF/VCWhlkkcgy1Wf/U/rlzz2B+S7JKk7bmxbEM8g9V&#10;NIRLuPQMtSaWoL3mz6AaXmhlVGlvCtUEqix5wTwHYBOFv7F5qEnLPBcQx7Rnmcz/gy3eH+414hR6&#10;9wojSRro0UdQjchKMAR7IFDXmgzyHtp77Sia9q0qvhok1aqGNLbQWnU1IxTKilx+cPWCCwy8inbd&#10;O0UBnuyt8lr1pW4cIKiAet+Sx3NLWG9RAZtJMo6TZIpRAWfRbDZLIXB3kOz0equNfc1Ug9wixxqq&#10;9/Dk8NbYIfWU4stXgtMtF8IHutqthEYHAv6It2m0XB/RzWWakKiD68dJGHroq0NzibH1vz9hNNyC&#10;0wVvcpyG7ueSSOaE20jq15ZwMayBnpDumHkPD0Qg6i0s/T7o4/31Y7Gdhkk8SUcg02QUTzbhaJlu&#10;V6PFCuRKNsvVchP9dFVHcVZzSpnceExzsnsU/52djh/eYNSz4c8FuqrUHjg+1LRDlLteTCdpOsYQ&#10;wBfnxHOsEREVjIrCaoy0sl+4rb3PXesdxpWc69T9j3Ke0X37Ly4OnnEbMnqQCpQ8qeZ96aw4WNr2&#10;ux5kd/7cKfoIDoVyvA1hnsGiVvo7Rh3Mhhybb3uiGUbijXQuT8dp6qaJj+JpMoZAXx3tLo+ILADs&#10;yHkIVnYYQvtW86qG2yJPXqoFfB0l9759qgxouABmgCd0nFduyFzGPutpqs5/AQAA//8DAFBLAwQU&#10;AAYACAAAACEAT/YI2eAAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPMWvDMBSE90L/g3iFbokc&#10;x04d13IohUKXDElKZ9l6tU2sJyMpsfLvq0zteNxx9121C3pkV7RuMCRgtUyAIbVGDdQJ+Dp9LApg&#10;zktScjSEAm7oYFc/PlSyVGamA16PvmOxhFwpBfTeTyXnru1RS7c0E1L0fozV0kdpO66snGO5Hnma&#10;JBuu5UBxoZcTvvfYno8XLWAfbmc7h8MnnvZq+503iqeZF+L5Kby9AvMY/F8Y7vgRHerI1JgLKcdG&#10;AYt1vOIFZEW+BXYPpKt1DqwR8JIVGfC64v8/1L8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAwcAAXcACAACdBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAT/YI2eAAAAALAQAADwAAAAAAAAAAAAAAAAAaBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAACcGAAAAAA==&#10;" o:allowincell="f" fillcolor="#4f81bd" strokecolor="white" strokeweight="1pt">
+              <v:rect w14:anchorId="42BC1261" id="Rectangle 19" o:spid="_x0000_s1026" style="position:absolute;margin-left:-1.5pt;margin-top:242.95pt;width:608.25pt;height:131.25pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDYdhJUGwIAADUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06RRt4mipqulpQhp&#10;uUgLH+A4TmLh2GbsNilfz9i9bBd4QuTBmsmMz8ycOV7dT4MiBwFOGl3R+SylRGhuGqm7in77untT&#10;UOI80w1TRouKHoWj9+vXr1ajLUVmeqMaAQRBtCtHW9Hee1smieO9GJibGSs0BlsDA/PoQpc0wEZE&#10;H1SSpekyGQ00FgwXzuHf7SlI1xG/bQX3n9vWCU9URbE3H0+IZx3OZL1iZQfM9pKf22D/0MXApMai&#10;V6gt84zsQf4BNUgOxpnWz7gZEtO2kos4A04zT3+b5qlnVsRZkBxnrzS5/wfLPx2e7BcIrTv7aPh3&#10;R7TZ9Ex34gHAjL1gDZabB6KS0bryeiE4Dq+SevxoGlwt23sTOZhaGAIgTkemSPXxSrWYPOH4M8+z&#10;RZ7fUcIxNl8ulwU6oQYrL9ctOP9emIEEo6KAu4zw7PDo/Cn1khLbN0o2O6lUdKCrNwrIgeHeF7ti&#10;/nZ7Rne3aUqTEctneZpG6BdBd4uxi9/fMAbpUcFKDhUt0vCFJFYG4t7pJtqeSXWycTylQ1hEbZ4H&#10;uVAZVOtKP9UTXgtmbZojMgzmpFt8Z2j0Bn5SMqJmK+p+7BkIStQHHbZUZEURVB69xV2eoQMvQvVt&#10;iGmOYBXlHig5ORt/ehx7C7Lrsdo8EqPNA263lZH3587OmkBtxs2d31EQ/60fs55f+/oXAAAA//8D&#10;AFBLAwQUAAYACAAAACEAT/YI2eAAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPMWvDMBSE90L/&#10;g3iFbokcx04d13IohUKXDElKZ9l6tU2sJyMpsfLvq0zteNxx9121C3pkV7RuMCRgtUyAIbVGDdQJ&#10;+Dp9LApgzktScjSEAm7oYFc/PlSyVGamA16PvmOxhFwpBfTeTyXnru1RS7c0E1L0fozV0kdpO66s&#10;nGO5HnmaJBuu5UBxoZcTvvfYno8XLWAfbmc7h8MnnvZq+503iqeZF+L5Kby9AvMY/F8Y7vgRHerI&#10;1JgLKcdGAYt1vOIFZEW+BXYPpKt1DqwR8JIVGfC64v8/1L8AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEA2HYSVBsCAAA1BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAT/YI2eAAAAALAQAADwAAAAAAAAAAAAAAAAB1BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAIIFAAAAAA==&#10;" o:allowincell="f" fillcolor="#4f81bd" strokecolor="white" strokeweight="1pt">
                 <v:shadow color="#d8d8d8" offset="3pt,3pt"/>
                 <v:textbox inset="14.4pt,,14.4pt">
                   <w:txbxContent>
-                    <w:p w:rsidR="00C72F9F" w:rsidRDefault="00C72F9F" w:rsidP="00E34D6C">
+                    <w:p w14:paraId="2298517C" w14:textId="77777777" w:rsidR="00C72F9F" w:rsidRDefault="00C72F9F" w:rsidP="00E34D6C">
                       <w:pPr>
                         <w:tabs>
                           <w:tab w:val="left" w:pos="0"/>
                         </w:tabs>
                         <w:spacing w:after="240"/>
                         <w:ind w:right="1634"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="58"/>
                           <w:szCs w:val="58"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00563496">
                         <w:rPr>
                           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                           <w:b/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="58"/>
                           <w:szCs w:val="58"/>
                         </w:rPr>
                         <w:t xml:space="preserve">DOSSIER </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                           <w:b/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="58"/>
                           <w:szCs w:val="58"/>
                         </w:rPr>
                         <w:t>DE CANDIDATURE</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00C72F9F" w:rsidRPr="00067823" w:rsidRDefault="00C72F9F" w:rsidP="00E34D6C">
+                    <w:p w14:paraId="487AC256" w14:textId="77777777" w:rsidR="00C72F9F" w:rsidRPr="00067823" w:rsidRDefault="00C72F9F" w:rsidP="00E34D6C">
                       <w:pPr>
                         <w:tabs>
                           <w:tab w:val="left" w:pos="0"/>
                         </w:tabs>
                         <w:spacing w:after="240"/>
                         <w:ind w:right="1634"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="48"/>
                           <w:szCs w:val="48"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="48"/>
                           <w:szCs w:val="48"/>
                         </w:rPr>
                         <w:t>EQUIPE MOBILE D’HYGIENE en EHPAD</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="page" anchory="page"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C72F9F" w:rsidRDefault="00C72F9F">
+    <w:p w14:paraId="3883596F" w14:textId="77777777" w:rsidR="00C72F9F" w:rsidRDefault="00C72F9F">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C72F9F" w:rsidRDefault="00C72F9F">
+    <w:p w14:paraId="220AD92F" w14:textId="77777777" w:rsidR="00C72F9F" w:rsidRDefault="00C72F9F">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C72F9F" w:rsidRDefault="00C72F9F">
+    <w:p w14:paraId="153A9C18" w14:textId="77777777" w:rsidR="00C72F9F" w:rsidRDefault="00C72F9F">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C72F9F" w:rsidRDefault="00C72F9F">
+    <w:p w14:paraId="04830B28" w14:textId="77777777" w:rsidR="00C72F9F" w:rsidRDefault="00C72F9F">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C72F9F" w:rsidRDefault="00C72F9F">
+    <w:p w14:paraId="324FA71E" w14:textId="77777777" w:rsidR="00C72F9F" w:rsidRDefault="00C72F9F">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C72F9F" w:rsidRDefault="00C72F9F">
+    <w:p w14:paraId="34CAFC78" w14:textId="77777777" w:rsidR="00C72F9F" w:rsidRDefault="00C72F9F">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C72F9F" w:rsidRDefault="00C72F9F">
+    <w:p w14:paraId="6A4467E0" w14:textId="77777777" w:rsidR="00C72F9F" w:rsidRDefault="00C72F9F">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C72F9F" w:rsidRDefault="00C72F9F">
+    <w:p w14:paraId="5D51E5DF" w14:textId="77777777" w:rsidR="00C72F9F" w:rsidRDefault="00C72F9F">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C72F9F" w:rsidRDefault="00C72F9F">
+    <w:p w14:paraId="29EC92A0" w14:textId="77777777" w:rsidR="00C72F9F" w:rsidRDefault="00C72F9F">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="56"/>
           <w:szCs w:val="56"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="0B7FF107" wp14:editId="464E4D65">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="338BD436" wp14:editId="1658F336">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>-76200</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>6038215</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="7724775" cy="1228725"/>
                 <wp:effectExtent l="0" t="0" r="28575" b="28575"/>
                 <wp:wrapNone/>
                 <wp:docPr id="4" name="Rectangle 4"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="7724775" cy="1228725"/>
                         </a:xfrm>
@@ -691,330 +692,330 @@
                           <a:srgbClr val="4F81BD"/>
                         </a:solidFill>
                         <a:ln w="12700">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                         <a:effectLst/>
                         <a:extLst>
                           <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                             <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:effectLst>
                                 <a:outerShdw dist="53882" dir="2700000" algn="ctr" rotWithShape="0">
                                   <a:srgbClr val="D8D8D8"/>
                                 </a:outerShdw>
                               </a:effectLst>
                             </a14:hiddenEffects>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00C72F9F" w:rsidRDefault="00C72F9F" w:rsidP="00C576BD">
+                          <w:p w14:paraId="0C33BC64" w14:textId="77777777" w:rsidR="00C72F9F" w:rsidRDefault="00C72F9F" w:rsidP="00C576BD">
                             <w:pPr>
                               <w:tabs>
                                 <w:tab w:val="left" w:pos="0"/>
                               </w:tabs>
                               <w:spacing w:before="240" w:after="240"/>
                               <w:ind w:right="1634"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="52"/>
                                 <w:szCs w:val="56"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00365836">
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="56"/>
                                 <w:szCs w:val="58"/>
                               </w:rPr>
                               <w:t>Nom de l’établissement</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="56"/>
                                 <w:szCs w:val="58"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> porteur</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="52"/>
                                 <w:szCs w:val="56"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> : </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00C72F9F" w:rsidRDefault="00C72F9F" w:rsidP="00C576BD">
+                          <w:p w14:paraId="37CF09E4" w14:textId="77777777" w:rsidR="00C72F9F" w:rsidRDefault="00C72F9F" w:rsidP="00C576BD">
                             <w:pPr>
                               <w:tabs>
                                 <w:tab w:val="left" w:pos="0"/>
                               </w:tabs>
                               <w:spacing w:before="240" w:after="240"/>
                               <w:ind w:right="1634"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="52"/>
                                 <w:szCs w:val="56"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w:rsidR="00C72F9F" w:rsidRPr="00365836" w:rsidRDefault="00C72F9F" w:rsidP="00C576BD">
+                          <w:p w14:paraId="1CBB4732" w14:textId="77777777" w:rsidR="00C72F9F" w:rsidRPr="00365836" w:rsidRDefault="00C72F9F" w:rsidP="00C576BD">
                             <w:pPr>
                               <w:tabs>
                                 <w:tab w:val="left" w:pos="0"/>
                               </w:tabs>
                               <w:spacing w:before="240" w:after="240"/>
                               <w:ind w:right="1634"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="52"/>
                                 <w:szCs w:val="56"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="182880" tIns="45720" rIns="182880" bIns="45720" anchor="ctr" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="0B7FF107" id="Rectangle 4" o:spid="_x0000_s1027" style="position:absolute;margin-left:-6pt;margin-top:475.45pt;width:608.25pt;height:96.75pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBL2pG5wgIAAKIFAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO0zAQfUfiHyy/d3NpuomiTVe9IqQF&#10;VhTEsxs7jYVjB9ttsiD+nbHTdluWB4RIpMiTmRyfOT6Zu/u+EejAtOFKFji6CTFislSUy12BP39a&#10;jzKMjCWSEqEkK/ATM/h++vrVXdfmLFa1EpRpBCDS5F1b4NraNg8CU9asIeZGtUxCslK6IRZCvQuo&#10;Jh2gNyKIw/A26JSmrVYlMwbeLocknnr8qmKl/VBVhlkkCgzcrH9q/9y6ZzC9I/lOk7bm5ZEG+QcW&#10;DeESNj1DLYklaK/5C6iGl1oZVdmbUjWBqipeMt8DdBOFv3WzqUnLfC8gjmnPMpn/B1u+PzxqxGmB&#10;E4wkaeCIPoJoRO4EQ4mTp2tNDlWb9lG7Bk37oMqvBkm1qKGKzbRWXc0IBVKRqw+uPnCBgU/Rtnun&#10;KKCTvVVeqb7SjQMEDVDvD+TpfCCst6iEl2kaJ2k6waiEXBTHWRpP/B4kP33eamPfMNUgtyiwBvIe&#10;nhwejHV0SH4q8fSV4HTNhfCB3m0XQqMDAXck6yyaL4/o5rJMSNS57dMw9NBXSXOJsfbXnzAabsHn&#10;gjcFzkJ3uSKSO+FWkvq1JVwMa+AspEsz7+ChEYh6C0v/HvTx7voxW0/CNBlnI5BpPErGq3A0z9aL&#10;0WwR3d6mq/livop+OtZRktecUiZXHtOczB4lf2em42832PRs9zNBx0rtocdNTTtEuTuLyTjLYgwB&#10;/G9OPNc1ImIHg6K0GiOt7Bdua+9yd/QO40rOZebuo5xndH+mFxsHL3obKnqQCpQ8qeZ96aw4WNr2&#10;29773pvW2XSr6BMYFVh5N8JQg0Wt9HeMOhgQBTbf9kQzjMRb6cyexVnmRoqPkkkaQ6CvUtvLFJEl&#10;gB1bH4KFHSbRvtV8V8NukddAqhn8JBX39n1mBt24AAaB7+s4tNykuYx91fNonf4CAAD//wMAUEsD&#10;BBQABgAIAAAAIQAd3znB4AAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NasMwEITvhbyD2EBv&#10;iWQjl9q1HEqh0EsO+aFn2draJpZkJCVW3r7Kqb3NMsPsN/Uu6onc0PnRGgHZlgFB01k1ml7A+fS5&#10;eQXigzRKTtaggDt62DWrp1pWyi7mgLdj6EkqMb6SAoYQ5opS3w2opd/aGU3yfqzTMqTT9VQ5uaRy&#10;PdGcsReq5WjSh0HO+DFgdzletYB9vF/cEg9feNqr8rtoFc15EOJ5Hd/fgASM4S8MD/yEDk1iau3V&#10;KE8mAZssT1uCgLJgJZBHIme8ANImlXHOgTY1/b+i+QUAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQBL2pG5wgIAAKIFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQAd3znB4AAAAA0BAAAPAAAAAAAAAAAAAAAAABwFAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAAKQYAAAAA&#10;" o:allowincell="f" fillcolor="#4f81bd" strokecolor="white" strokeweight="1pt">
+              <v:rect w14:anchorId="338BD436" id="Rectangle 4" o:spid="_x0000_s1027" style="position:absolute;margin-left:-6pt;margin-top:475.45pt;width:608.25pt;height:96.75pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBBoyTBHgIAADwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU1+P0zAMf0fiO0R5Z/2jjVbVutOxMYR0&#10;cEgHHyBL0zYiTYKTrRufHifrdjvgCZGHyI6dn+2f7eXdcVDkIMBJo2uazVJKhOamkbqr6bev2zcl&#10;Jc4z3TBltKjpSTh6t3r9ajnaSuSmN6oRQBBEu2q0Ne29t1WSON6LgbmZsUKjsTUwMI8qdEkDbET0&#10;QSV5mr5NRgONBcOFc/i6ORvpKuK3reD+sW2d8ETVFHPz8YZ478KdrJas6oDZXvIpDfYPWQxMagx6&#10;hdowz8ge5B9Qg+RgnGn9jJshMW0ruYg1YDVZ+ls1Tz2zItaC5Dh7pcn9P1j++fBkv0BI3dkHw787&#10;os26Z7oT9wBm7AVrMFwWiEpG66rrh6A4/Ep24yfTYGvZ3pvIwbGFIQBideQYqT5dqRZHTzg+FkU+&#10;L4oFJRxtWZ6XRb6IMVh1+W7B+Q/CDCQINQXsZYRnhwfnQzqsurjE9I2SzVYqFRXodmsF5MCw7/Nt&#10;mb3bTOju1k1pMobwRZpG6BdGd4uxjedvGIP0OMFKDjUt03CCE6sCce91E2XPpDrLmLPSwSzibE6F&#10;XKgMU+sqf9wdiWwm0sPLzjQnJBrMeXxx3VDoDfykZMTRran7sWcgKFEfdWhWmZdlGPaozRdFjgq8&#10;MO1uTUxzBKsp90DJWVn7847sLciux2hZ5Eebe2xyKyP9z5lNo4EjGrsyrVPYgVs9ej0v/eoXAAAA&#10;//8DAFBLAwQUAAYACAAAACEAHd85weAAAAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzWrDMBCE&#10;74W8g9hAb4lkI5fatRxKodBLDvmhZ9na2iaWZCQlVt6+yqm9zTLD7Df1LuqJ3ND50RoB2ZYBQdNZ&#10;NZpewPn0uXkF4oM0Sk7WoIA7etg1q6daVsou5oC3Y+hJKjG+kgKGEOaKUt8NqKXf2hlN8n6s0zKk&#10;0/VUObmkcj3RnLEXquVo0odBzvgxYHc5XrWAfbxf3BIPX3jaq/K7aBXNeRDieR3f34AEjOEvDA/8&#10;hA5NYmrt1ShPJgGbLE9bgoCyYCWQRyJnvADSJpVxzoE2Nf2/ovkFAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAQaMkwR4CAAA8BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAHd85weAAAAANAQAADwAAAAAAAAAAAAAAAAB4BAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAIUFAAAAAA==&#10;" o:allowincell="f" fillcolor="#4f81bd" strokecolor="white" strokeweight="1pt">
                 <v:shadow color="#d8d8d8" offset="3pt,3pt"/>
                 <v:textbox inset="14.4pt,,14.4pt">
                   <w:txbxContent>
-                    <w:p w:rsidR="00C72F9F" w:rsidRDefault="00C72F9F" w:rsidP="00C576BD">
+                    <w:p w14:paraId="0C33BC64" w14:textId="77777777" w:rsidR="00C72F9F" w:rsidRDefault="00C72F9F" w:rsidP="00C576BD">
                       <w:pPr>
                         <w:tabs>
                           <w:tab w:val="left" w:pos="0"/>
                         </w:tabs>
                         <w:spacing w:before="240" w:after="240"/>
                         <w:ind w:right="1634"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="52"/>
                           <w:szCs w:val="56"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00365836">
                         <w:rPr>
                           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="56"/>
                           <w:szCs w:val="58"/>
                         </w:rPr>
                         <w:t>Nom de l’établissement</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="56"/>
                           <w:szCs w:val="58"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> porteur</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="52"/>
                           <w:szCs w:val="56"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> : </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00C72F9F" w:rsidRDefault="00C72F9F" w:rsidP="00C576BD">
+                    <w:p w14:paraId="37CF09E4" w14:textId="77777777" w:rsidR="00C72F9F" w:rsidRDefault="00C72F9F" w:rsidP="00C576BD">
                       <w:pPr>
                         <w:tabs>
                           <w:tab w:val="left" w:pos="0"/>
                         </w:tabs>
                         <w:spacing w:before="240" w:after="240"/>
                         <w:ind w:right="1634"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="52"/>
                           <w:szCs w:val="56"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w:rsidR="00C72F9F" w:rsidRPr="00365836" w:rsidRDefault="00C72F9F" w:rsidP="00C576BD">
+                    <w:p w14:paraId="1CBB4732" w14:textId="77777777" w:rsidR="00C72F9F" w:rsidRPr="00365836" w:rsidRDefault="00C72F9F" w:rsidP="00C576BD">
                       <w:pPr>
                         <w:tabs>
                           <w:tab w:val="left" w:pos="0"/>
                         </w:tabs>
                         <w:spacing w:before="240" w:after="240"/>
                         <w:ind w:right="1634"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="52"/>
                           <w:szCs w:val="56"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="page" anchory="page"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C72F9F" w:rsidRDefault="00C72F9F">
+    <w:p w14:paraId="73C1CC34" w14:textId="77777777" w:rsidR="00C72F9F" w:rsidRDefault="00C72F9F">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C72F9F" w:rsidRPr="00FC6071" w:rsidRDefault="00C72F9F">
+    <w:p w14:paraId="6CC3DD0D" w14:textId="77777777" w:rsidR="00C72F9F" w:rsidRPr="00FC6071" w:rsidRDefault="00C72F9F">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C72A2F" w:rsidRPr="00FC6071" w:rsidRDefault="00C72A2F">
+    <w:p w14:paraId="310426CC" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00FC6071" w:rsidRDefault="00C72A2F">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C72A2F" w:rsidRPr="00FC6071" w:rsidRDefault="00C72A2F">
+    <w:p w14:paraId="07512951" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00FC6071" w:rsidRDefault="00C72A2F">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C72A2F" w:rsidRPr="00FC6071" w:rsidRDefault="00C72A2F">
+    <w:p w14:paraId="4FAACDA9" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00FC6071" w:rsidRDefault="00C72A2F">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C72A2F" w:rsidRPr="00FC6071" w:rsidRDefault="00C72A2F">
+    <w:p w14:paraId="66A09FF0" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00FC6071" w:rsidRDefault="00C72A2F">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C72F9F" w:rsidRDefault="00C72F9F">
+    <w:p w14:paraId="3B24A855" w14:textId="77777777" w:rsidR="00C72F9F" w:rsidRDefault="00C72F9F">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A06C2B" w:rsidRDefault="00A06C2B">
+    <w:p w14:paraId="085A9F2C" w14:textId="77777777" w:rsidR="00A06C2B" w:rsidRDefault="00A06C2B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C72A2F" w:rsidRPr="00156AF6" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
+    <w:p w14:paraId="179909BE" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00156AF6" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-69"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00156AF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>PREAMBULE</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C72A2F" w:rsidRPr="00D3791E" w:rsidRDefault="00C72A2F" w:rsidP="00A06C2B">
+    <w:p w14:paraId="65177EAF" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00D3791E" w:rsidRDefault="00C72A2F" w:rsidP="00A06C2B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C72A2F" w:rsidRPr="00C33931" w:rsidRDefault="000B4447" w:rsidP="00A06C2B">
+    <w:p w14:paraId="5163F669" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00C33931" w:rsidRDefault="000B4447" w:rsidP="00A06C2B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Depuis 2020, l</w:t>
       </w:r>
       <w:r w:rsidR="00C72A2F" w:rsidRPr="00C33931">
         <w:rPr>
@@ -1073,193 +1074,193 @@
       <w:r w:rsidR="00C72A2F" w:rsidRPr="00D45D20">
         <w:rPr>
           <w:rStyle w:val="Appelnotedebasdep"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:r w:rsidR="00C72A2F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C72A2F" w:rsidRPr="00C33931">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>et infirmiers coordonnateurs dans leurs missions de prévention et de prise en charge des pathologies infectieuses.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C72A2F" w:rsidRPr="00C33931" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
+    <w:p w14:paraId="02F0F722" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00C33931" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C72A2F" w:rsidRPr="00C33931" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
+    <w:p w14:paraId="714596C9" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00C33931" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C33931">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">En effet, le décret n° 2019-714 du 5 juillet 2019 portant réforme du métier de médecin coordonnateur en établissement d’hébergement pour personnes âgées dépendantes, précise </w:t>
       </w:r>
       <w:r w:rsidR="00B706FA" w:rsidRPr="00C33931">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>que l’alinéa</w:t>
       </w:r>
       <w:r w:rsidRPr="00C33931">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> 15 est remplacé par les dispositions suivantes : </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C72A2F" w:rsidRPr="006B2453" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
+    <w:p w14:paraId="15B68925" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="006B2453" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C33931">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">« </w:t>
       </w:r>
       <w:r w:rsidRPr="006B2453">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">13° Réalise des prescriptions médicales pour les résidents de l’établissement au sein duquel il exerce ses fonctions de coordonnateur en cas de situation d’urgence ou de risques vitaux ainsi que lors de la survenue de risques exceptionnels ou collectifs nécessitant une organisation adaptée des soins, incluant la prescription de vaccins et d’antiviraux dans le cadre du suivi des épidémies de grippe saisonnière en établissement. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C72A2F" w:rsidRPr="006B2453" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
+    <w:p w14:paraId="16B81F0B" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="006B2453" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B2453">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Il peut intervenir pour tout acte, incluant l’acte de prescription médicamenteuse, lorsque le médecin traitant ou désigné par le patient ou son remplaçant n’est pas en mesure d’assurer une consultation par intervention dans l’établissement, conseil téléphonique ou </w:t>
       </w:r>
       <w:r w:rsidR="00B706FA" w:rsidRPr="006B2453">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>télé prescription</w:t>
       </w:r>
       <w:r w:rsidRPr="006B2453">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C72A2F" w:rsidRPr="00A06C2B" w:rsidRDefault="00C72A2F" w:rsidP="00A06C2B">
+    <w:p w14:paraId="308BB13A" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00A06C2B" w:rsidRDefault="00C72A2F" w:rsidP="00A06C2B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B2453">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Les médecins traitants des résidents concernés sont dans tous les cas inform</w:t>
       </w:r>
@@ -1282,148 +1283,148 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00B706FA" w:rsidRPr="006B2453">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> »</w:t>
       </w:r>
       <w:r w:rsidRPr="006B2453">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
+    <w:p w14:paraId="7A1ADBCD" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C72A2F" w:rsidRPr="00C33931" w:rsidRDefault="00C72A2F" w:rsidP="00A06C2B">
+    <w:p w14:paraId="736F5097" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00C33931" w:rsidRDefault="00C72A2F" w:rsidP="00A06C2B">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C33931">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Les enjeux de l’</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>EMH</w:t>
       </w:r>
       <w:r w:rsidRPr="00C33931">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> sont de :</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00525787" w:rsidRPr="00525787" w:rsidRDefault="00C72A2F" w:rsidP="00A06C2B">
+    <w:p w14:paraId="10739A48" w14:textId="77777777" w:rsidR="00525787" w:rsidRPr="00525787" w:rsidRDefault="00C72A2F" w:rsidP="00A06C2B">
       <w:pPr>
         <w:pStyle w:val="Commentaire"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00C33931">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">outenir </w:t>
       </w:r>
       <w:r w:rsidRPr="00D24171">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">et accompagner le personnel soignant des EHPAD dans la mise en œuvre d’une démarche globale </w:t>
       </w:r>
       <w:r w:rsidR="006A7B9E" w:rsidRPr="00D24171">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>de prévention et de maitrise du risque infectieux associé</w:t>
       </w:r>
       <w:r w:rsidR="00525787" w:rsidRPr="00D24171">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> aux soins</w:t>
       </w:r>
       <w:r w:rsidR="00525787" w:rsidRPr="00D24171">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00525787">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>dans le cadre du projet d’établissement ;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C72A2F" w:rsidRDefault="003A6D70" w:rsidP="00A06C2B">
+    <w:p w14:paraId="3DF28583" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="003A6D70" w:rsidP="00A06C2B">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>aider</w:t>
@@ -1442,51 +1443,51 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
       <w:r w:rsidR="00C72A2F" w:rsidRPr="00156AF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>RI</w:t>
       </w:r>
       <w:r w:rsidR="00C72A2F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t> et à la gestion d’épisodes infectieux ;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C72A2F" w:rsidRPr="00A06C2B" w:rsidRDefault="00C72A2F" w:rsidP="00A06C2B">
+    <w:p w14:paraId="1BF8C5C3" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00A06C2B" w:rsidRDefault="00C72A2F" w:rsidP="00A06C2B">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="714" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00156AF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
@@ -1505,66 +1506,66 @@
         <w:t xml:space="preserve">lle et collective en aidant les </w:t>
       </w:r>
       <w:r w:rsidRPr="00156AF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>professionnels à se former, à mener des actions, à organiser la surveillance et à anticiper les risques infectieux individuels des résidents</w:t>
       </w:r>
       <w:r w:rsidR="00120FF4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C72A2F" w:rsidRPr="00156AF6" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
+    <w:p w14:paraId="31C79525" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00156AF6" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:left="720" w:right="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C72A2F" w:rsidRPr="00C33931" w:rsidRDefault="00C72A2F" w:rsidP="00A06C2B">
+    <w:p w14:paraId="50B174F9" w14:textId="7C6779AD" w:rsidR="00C72A2F" w:rsidRPr="00C33931" w:rsidRDefault="00C72A2F" w:rsidP="00A06C2B">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C33931">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>En cohérence avec le PRS</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -1665,76 +1666,87 @@
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:footnoteReference w:id="3"/>
       </w:r>
       <w:r w:rsidRPr="00C33931">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, les </w:t>
       </w:r>
       <w:r w:rsidR="00A06C2B" w:rsidRPr="00C33931">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>objectif de réduction des risques infectieux</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A06C2B" w:rsidRPr="00C33931">
+        <w:t>objectif</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91577">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C33931">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00A06C2B" w:rsidRPr="00C33931">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
+        <w:t xml:space="preserve"> de réduction des risques infectieux </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C33931">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
         <w:t>prioritaires sont :</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C72A2F" w:rsidRPr="00C33931" w:rsidRDefault="00C72A2F" w:rsidP="00A06C2B">
+    <w:p w14:paraId="42E147B4" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00C33931" w:rsidRDefault="00C72A2F" w:rsidP="00A06C2B">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -1765,51 +1777,51 @@
         <w:t>du personnel, notamment contre la grippe</w:t>
       </w:r>
       <w:r w:rsidR="00A06C2B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> et la COVID 19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C72A2F" w:rsidRPr="00C33931" w:rsidRDefault="00C72A2F" w:rsidP="000B4447">
+    <w:p w14:paraId="578896A9" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00C33931" w:rsidRDefault="00C72A2F" w:rsidP="000B4447">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -1840,51 +1852,51 @@
         <w:t>sage</w:t>
       </w:r>
       <w:r w:rsidRPr="00C33931">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> des antibiotiques</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C72A2F" w:rsidRPr="00C33931" w:rsidRDefault="00C72A2F" w:rsidP="000B4447">
+    <w:p w14:paraId="2E08BC2B" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00C33931" w:rsidRDefault="00C72A2F" w:rsidP="000B4447">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -1893,51 +1905,51 @@
         <w:t>la l</w:t>
       </w:r>
       <w:r w:rsidRPr="00C33931">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>utte contre les BMR</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> et les BHRe,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C72A2F" w:rsidRPr="00A06C2B" w:rsidRDefault="00C72A2F" w:rsidP="00A06C2B">
+    <w:p w14:paraId="2027913E" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00A06C2B" w:rsidRDefault="00C72A2F" w:rsidP="00A06C2B">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -1990,66 +2002,66 @@
         <w:t>la prise en charge d</w:t>
       </w:r>
       <w:r w:rsidRPr="00C33931">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>es</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> épidémies.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C72A2F" w:rsidRPr="00C33931" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
+    <w:p w14:paraId="28FBC646" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00C33931" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:left="720" w:right="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C72A2F" w:rsidRPr="00A06C2B" w:rsidRDefault="00C72A2F" w:rsidP="00A06C2B">
+    <w:p w14:paraId="5DF24199" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00A06C2B" w:rsidRDefault="00C72A2F" w:rsidP="00A06C2B">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C33931">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Cette équipe a pour vocation de mettre à disposition des diffé</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -2129,777 +2141,770 @@
         <w:t>émanant d’une équipe opérat</w:t>
       </w:r>
       <w:r w:rsidR="00A06C2B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>ionnelle d’hygiène hospitalière</w:t>
       </w:r>
       <w:r w:rsidR="00E0555E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> (EOHH).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FC6071" w:rsidRPr="00062A3F" w:rsidRDefault="00FC6071">
+    <w:p w14:paraId="31CB6014" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRPr="00062A3F" w:rsidRDefault="00FC6071">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C72A2F" w:rsidRPr="003D6D88" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
+    <w:p w14:paraId="62319C68" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="003D6D88" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-69"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D6D88">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>RAPPEL DE LA PROCEDURE</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F97F45" w:rsidRDefault="00F97F45" w:rsidP="00C72A2F">
+    <w:p w14:paraId="244A2404" w14:textId="77777777" w:rsidR="00F97F45" w:rsidRDefault="00F97F45" w:rsidP="00C72A2F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A06C2B" w:rsidRPr="003D6D88" w:rsidRDefault="00F97F45" w:rsidP="00C72A2F">
+    <w:p w14:paraId="4B5465F3" w14:textId="77777777" w:rsidR="00A06C2B" w:rsidRPr="003D6D88" w:rsidRDefault="00F97F45" w:rsidP="00C72A2F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F97F45">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Les établissements supports ayant </w:t>
       </w:r>
       <w:r w:rsidR="00396602">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">déjà </w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F45">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">reçu un avis favorable </w:t>
       </w:r>
       <w:r w:rsidR="00396602">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">pour la création d’une EMH </w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F45">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>peuvent de nouveau postuler pour une demande d’extension, ainsi que ceux ayant reçu un avis défavorable en prenant en compte les motifs de refus.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A06C2B" w:rsidRDefault="00C72A2F" w:rsidP="00A06C2B">
+    <w:p w14:paraId="7FD7F377" w14:textId="77777777" w:rsidR="00A06C2B" w:rsidRDefault="00C72A2F" w:rsidP="00A06C2B">
       <w:pPr>
         <w:spacing w:before="120" w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D6D88">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Les dossiers de c</w:t>
       </w:r>
       <w:r w:rsidR="00A06C2B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>andidature seront adressés </w:t>
+        <w:t>andidature seront adressés p</w:t>
+      </w:r>
+      <w:r w:rsidR="00A06C2B" w:rsidRPr="003D6D88">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ar mail</w:t>
       </w:r>
       <w:r w:rsidR="00A06C2B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>p</w:t>
+        <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00A06C2B" w:rsidRPr="003D6D88">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>ar mail</w:t>
+        <w:t xml:space="preserve"> à l’adresse suivante</w:t>
+      </w:r>
+      <w:r w:rsidR="00A06C2B" w:rsidRPr="00D45D20">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> :</w:t>
       </w:r>
       <w:r w:rsidR="00A06C2B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>,</w:t>
-[...22 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C72A2F" w:rsidRDefault="00A06C2B" w:rsidP="00A06C2B">
+    <w:p w14:paraId="1AA4146B" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00A06C2B" w:rsidP="00A06C2B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A06C2B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ars-hdf-veillesanitaire@ars.sante.fr</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
         </w:tblBorders>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2435"/>
         <w:gridCol w:w="6853"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C72A2F" w:rsidRPr="003125D9" w:rsidTr="00B10699">
+      <w:tr w:rsidR="00C72A2F" w:rsidRPr="003125D9" w14:paraId="340F90BA" w14:textId="77777777" w:rsidTr="00B10699">
         <w:trPr>
           <w:trHeight w:val="959"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00D45D20" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="23B00DD6" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00D45D20" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360" w:right="-70"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45D20">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Etablissement support : présentation du porteur</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C72A2F" w:rsidRPr="003125D9" w:rsidTr="00B10699">
+      <w:tr w:rsidR="00C72A2F" w:rsidRPr="003125D9" w14:paraId="4BDFD4C7" w14:textId="77777777" w:rsidTr="00B10699">
         <w:trPr>
           <w:trHeight w:val="959"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1311" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00D45D20" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="542FFC12" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00D45D20" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-70"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45D20">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Titulaire de l’autorisation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3689" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00D45D20" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="4FE629D6" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00D45D20" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-70"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C72A2F" w:rsidRPr="003125D9" w:rsidTr="00B10699">
+      <w:tr w:rsidR="00C72A2F" w:rsidRPr="003125D9" w14:paraId="4C0141DD" w14:textId="77777777" w:rsidTr="00B10699">
         <w:trPr>
           <w:trHeight w:val="959"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1311" w:type="pct"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00D45D20" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="64F2AE8E" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00D45D20" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-70"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45D20">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Statut juridique</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3689" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00D45D20" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="4D1F7CBD" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00D45D20" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-70"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C72A2F" w:rsidRPr="003125D9" w:rsidTr="00B10699">
+      <w:tr w:rsidR="00C72A2F" w:rsidRPr="003125D9" w14:paraId="741A7F71" w14:textId="77777777" w:rsidTr="00B10699">
         <w:trPr>
           <w:trHeight w:val="959"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1311" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00D45D20" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="6748A801" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00D45D20" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-70"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45D20">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Nom et adresse de l’établissement support</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3689" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00D45D20" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="69621DB4" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00D45D20" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-70"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C72A2F" w:rsidRPr="003125D9" w:rsidTr="00B10699">
+      <w:tr w:rsidR="00C72A2F" w:rsidRPr="003125D9" w14:paraId="5D20BF4B" w14:textId="77777777" w:rsidTr="00B10699">
         <w:trPr>
           <w:trHeight w:val="1501"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1311" w:type="pct"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C365D" w:rsidRPr="00992224" w:rsidRDefault="001C365D" w:rsidP="001C365D">
+          <w:p w14:paraId="37981853" w14:textId="77777777" w:rsidR="001C365D" w:rsidRPr="00992224" w:rsidRDefault="001C365D" w:rsidP="001C365D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-70"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00992224">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Nom, prénom et</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00D45D20" w:rsidRDefault="001C365D" w:rsidP="001C365D">
+          <w:p w14:paraId="60E9EECF" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00D45D20" w:rsidRDefault="001C365D" w:rsidP="001C365D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-70"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
             <w:r w:rsidR="00C72A2F" w:rsidRPr="00D45D20">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>dresse mail du représentant légal de l’auteur de la demande</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3689" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00D45D20" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="097B600E" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00D45D20" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-70"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C72A2F" w:rsidRPr="003125D9" w:rsidTr="00B10699">
+      <w:tr w:rsidR="00C72A2F" w:rsidRPr="003125D9" w14:paraId="2112CCEE" w14:textId="77777777" w:rsidTr="00B10699">
         <w:trPr>
           <w:trHeight w:val="959"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1311" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00D45D20" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="4C5781A7" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00D45D20" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-70"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45D20">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>N° FINESS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3689" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00D45D20" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="5415C29A" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00D45D20" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-70"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00D45D20" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="61D76D1A" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00D45D20" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-70"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00D45D20" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="20817283" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00D45D20" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-70"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C72A2F" w:rsidRPr="003125D9" w:rsidTr="00B10699">
+      <w:tr w:rsidR="00C72A2F" w:rsidRPr="003125D9" w14:paraId="49F93472" w14:textId="77777777" w:rsidTr="00B10699">
         <w:trPr>
           <w:trHeight w:val="959"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1311" w:type="pct"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00D45D20" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="694C88EC" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00D45D20" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-70"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45D20">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>N° SIRET</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3689" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00D45D20" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="382DA3FF" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00D45D20" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-70"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C72A2F" w:rsidRPr="003125D9" w:rsidTr="00B10699">
+      <w:tr w:rsidR="00C72A2F" w:rsidRPr="003125D9" w14:paraId="63B95D8E" w14:textId="77777777" w:rsidTr="00B10699">
         <w:trPr>
           <w:trHeight w:val="959"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1311" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00D45D20" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="785DC5D6" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00D45D20" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-70"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45D20">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Téléphone </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3689" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00D45D20" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="407BAD6F" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00D45D20" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-70"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C72A2F" w:rsidRPr="003125D9" w:rsidTr="00B10699">
+      <w:tr w:rsidR="00C72A2F" w:rsidRPr="003125D9" w14:paraId="2E55CC22" w14:textId="77777777" w:rsidTr="00B10699">
         <w:trPr>
           <w:trHeight w:val="1172"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1311" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00D45D20" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="5946EF72" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00D45D20" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-70"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45D20">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Nom</w:t>
             </w:r>
             <w:r w:rsidR="001C365D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -2941,224 +2946,225 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">mail et tel) </w:t>
             </w:r>
             <w:r w:rsidRPr="00D45D20">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>de la personne chargée du dossier</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3689" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00D45D20" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="115CC09C" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00D45D20" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-70"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F">
+    <w:p w14:paraId="2C84F551" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F">
+    <w:p w14:paraId="03C3EA6A" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F">
+    <w:p w14:paraId="0E048AA6" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F">
+    <w:p w14:paraId="5F47C73D" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FC6071" w:rsidRDefault="00FC6071">
+    <w:p w14:paraId="5FB34D32" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRDefault="00FC6071">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FC6071" w:rsidRDefault="00FC6071">
+    <w:p w14:paraId="7CA54F6D" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRDefault="00FC6071">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005A48E1" w:rsidRDefault="005A48E1">
+    <w:p w14:paraId="6CE507C0" w14:textId="77777777" w:rsidR="005A48E1" w:rsidRDefault="005A48E1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FC6071" w:rsidRPr="00934E8A" w:rsidRDefault="00FC6071" w:rsidP="00120FF4">
+    <w:p w14:paraId="29673408" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRPr="00934E8A" w:rsidRDefault="00FC6071" w:rsidP="00120FF4">
       <w:pPr>
         <w:pStyle w:val="Style3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
         <w:spacing w:before="0" w:after="160" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D45D20">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Présentation de l’établissement support</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FC6071" w:rsidRDefault="00FC6071" w:rsidP="00FC6071">
+    <w:p w14:paraId="7743E44E" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRDefault="00FC6071" w:rsidP="00FC6071">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FC6071" w:rsidRPr="00992224" w:rsidRDefault="00FC6071" w:rsidP="008A2B18">
+    <w:p w14:paraId="029A7688" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRPr="00992224" w:rsidRDefault="00FC6071" w:rsidP="008A2B18">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:after="47"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00992224">
         <w:rPr>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Présentation générale</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A2B18" w:rsidRPr="00992224" w:rsidRDefault="008A2B18" w:rsidP="008A2B18">
+    <w:p w14:paraId="7AC1EBFC" w14:textId="77777777" w:rsidR="008A2B18" w:rsidRPr="00992224" w:rsidRDefault="008A2B18" w:rsidP="008A2B18">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:after="47"/>
         <w:ind w:left="456"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FC6071" w:rsidRPr="00992224" w:rsidRDefault="008A2B18" w:rsidP="0001367B">
+    <w:p w14:paraId="7C8725AC" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRPr="00992224" w:rsidRDefault="008A2B18" w:rsidP="0001367B">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00992224">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Renseigner le nombre de lits d’hospitalisation de MCO, réanimation, USLD, SSR, psychiatrie, urgences, HAD et h</w:t>
       </w:r>
       <w:r w:rsidR="00992224">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">émodialyse ci-dessous (joindre </w:t>
       </w:r>
       <w:r w:rsidRPr="00992224">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
@@ -3187,940 +3193,940 @@
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1050"/>
         <w:gridCol w:w="851"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="851"/>
         <w:gridCol w:w="682"/>
         <w:gridCol w:w="1301"/>
         <w:gridCol w:w="1305"/>
         <w:gridCol w:w="1411"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0044765B" w:rsidRPr="0044765B" w:rsidTr="0044765B">
+      <w:tr w:rsidR="0044765B" w:rsidRPr="0044765B" w14:paraId="46DFBFF6" w14:textId="77777777" w:rsidTr="0044765B">
         <w:trPr>
           <w:trHeight w:val="410"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5560" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="solid" w:color="C0C0C0" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="0044765B" w:rsidRPr="0044765B" w:rsidRDefault="0044765B" w:rsidP="0044765B">
+          <w:p w14:paraId="67BD2374" w14:textId="77777777" w:rsidR="0044765B" w:rsidRPr="0044765B" w:rsidRDefault="0044765B" w:rsidP="0044765B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0044765B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Nombre de lits</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1301" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="solid" w:color="C0C0C0" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0044765B" w:rsidRPr="0044765B" w:rsidRDefault="0044765B" w:rsidP="0044765B">
+          <w:p w14:paraId="5E060F9A" w14:textId="77777777" w:rsidR="0044765B" w:rsidRPr="0044765B" w:rsidRDefault="0044765B" w:rsidP="0044765B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0044765B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Hémodialyse (postes)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1305" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="solid" w:color="C0C0C0" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0044765B" w:rsidRPr="0044765B" w:rsidRDefault="0044765B" w:rsidP="0044765B">
+          <w:p w14:paraId="29916774" w14:textId="77777777" w:rsidR="0044765B" w:rsidRPr="0044765B" w:rsidRDefault="0044765B" w:rsidP="0044765B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0044765B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>HAD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1411" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="solid" w:color="C0C0C0" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0044765B" w:rsidRPr="0044765B" w:rsidRDefault="0044765B" w:rsidP="0044765B">
+          <w:p w14:paraId="4A3AA52E" w14:textId="77777777" w:rsidR="0044765B" w:rsidRPr="0044765B" w:rsidRDefault="0044765B" w:rsidP="0044765B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0044765B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>TOTAL</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0044765B" w:rsidRPr="0044765B" w:rsidTr="0044765B">
+      <w:tr w:rsidR="0044765B" w:rsidRPr="0044765B" w14:paraId="51AA4703" w14:textId="77777777" w:rsidTr="0044765B">
         <w:trPr>
           <w:trHeight w:val="446"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="solid" w:color="C0C0C0" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="0044765B" w:rsidRPr="0044765B" w:rsidRDefault="0044765B" w:rsidP="0044765B">
+          <w:p w14:paraId="10D40993" w14:textId="77777777" w:rsidR="0044765B" w:rsidRPr="0044765B" w:rsidRDefault="0044765B" w:rsidP="0044765B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0044765B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>MCO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="solid" w:color="C0C0C0" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="0044765B" w:rsidRPr="0044765B" w:rsidRDefault="0044765B" w:rsidP="0044765B">
+          <w:p w14:paraId="318011A3" w14:textId="77777777" w:rsidR="0044765B" w:rsidRPr="0044765B" w:rsidRDefault="0044765B" w:rsidP="0044765B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0044765B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>PSY</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="solid" w:color="C0C0C0" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="0044765B" w:rsidRPr="0044765B" w:rsidRDefault="0044765B" w:rsidP="0044765B">
+          <w:p w14:paraId="19316DC3" w14:textId="77777777" w:rsidR="0044765B" w:rsidRPr="0044765B" w:rsidRDefault="0044765B" w:rsidP="0044765B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0044765B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>REA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="solid" w:color="C0C0C0" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="0044765B" w:rsidRPr="0044765B" w:rsidRDefault="0044765B" w:rsidP="0044765B">
+          <w:p w14:paraId="184C99A0" w14:textId="77777777" w:rsidR="0044765B" w:rsidRPr="0044765B" w:rsidRDefault="0044765B" w:rsidP="0044765B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0044765B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>URGENCES</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="solid" w:color="C0C0C0" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="0044765B" w:rsidRPr="0044765B" w:rsidRDefault="0044765B" w:rsidP="0044765B">
+          <w:p w14:paraId="4DAE430D" w14:textId="77777777" w:rsidR="0044765B" w:rsidRPr="0044765B" w:rsidRDefault="0044765B" w:rsidP="0044765B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0044765B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>USLD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="682" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="solid" w:color="C0C0C0" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="0044765B" w:rsidRPr="0044765B" w:rsidRDefault="0044765B" w:rsidP="0044765B">
+          <w:p w14:paraId="314F1ED8" w14:textId="77777777" w:rsidR="0044765B" w:rsidRPr="0044765B" w:rsidRDefault="0044765B" w:rsidP="0044765B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0044765B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>SSR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1301" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="solid" w:color="C0C0C0" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="0044765B" w:rsidRPr="0044765B" w:rsidRDefault="0044765B" w:rsidP="0044765B">
+          <w:p w14:paraId="435F0522" w14:textId="77777777" w:rsidR="0044765B" w:rsidRPr="0044765B" w:rsidRDefault="0044765B" w:rsidP="0044765B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1305" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="solid" w:color="C0C0C0" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0044765B" w:rsidRPr="0044765B" w:rsidRDefault="0044765B" w:rsidP="0044765B">
+          <w:p w14:paraId="2F54B9D3" w14:textId="77777777" w:rsidR="0044765B" w:rsidRPr="0044765B" w:rsidRDefault="0044765B" w:rsidP="0044765B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1411" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="solid" w:color="C0C0C0" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0044765B" w:rsidRPr="0044765B" w:rsidRDefault="0044765B" w:rsidP="0044765B">
+          <w:p w14:paraId="6069B0A3" w14:textId="77777777" w:rsidR="0044765B" w:rsidRPr="0044765B" w:rsidRDefault="0044765B" w:rsidP="0044765B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0044765B" w:rsidRPr="0044765B" w:rsidTr="0044765B">
+      <w:tr w:rsidR="0044765B" w:rsidRPr="0044765B" w14:paraId="3DBF37E3" w14:textId="77777777" w:rsidTr="0044765B">
         <w:trPr>
           <w:trHeight w:val="530"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0044765B" w:rsidRPr="0044765B" w:rsidRDefault="0044765B" w:rsidP="0044765B">
+          <w:p w14:paraId="0C732A37" w14:textId="77777777" w:rsidR="0044765B" w:rsidRPr="0044765B" w:rsidRDefault="0044765B" w:rsidP="0044765B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0044765B" w:rsidRPr="0044765B" w:rsidRDefault="0044765B" w:rsidP="0044765B">
+          <w:p w14:paraId="39273794" w14:textId="77777777" w:rsidR="0044765B" w:rsidRPr="0044765B" w:rsidRDefault="0044765B" w:rsidP="0044765B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0044765B" w:rsidRPr="0044765B" w:rsidRDefault="0044765B" w:rsidP="0044765B">
+          <w:p w14:paraId="308BFA10" w14:textId="77777777" w:rsidR="0044765B" w:rsidRPr="0044765B" w:rsidRDefault="0044765B" w:rsidP="0044765B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0044765B" w:rsidRPr="0044765B" w:rsidRDefault="0044765B" w:rsidP="0044765B">
+          <w:p w14:paraId="050514BA" w14:textId="77777777" w:rsidR="0044765B" w:rsidRPr="0044765B" w:rsidRDefault="0044765B" w:rsidP="0044765B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0044765B" w:rsidRPr="0044765B" w:rsidRDefault="0044765B" w:rsidP="0044765B">
+          <w:p w14:paraId="2EF8E00A" w14:textId="77777777" w:rsidR="0044765B" w:rsidRPr="0044765B" w:rsidRDefault="0044765B" w:rsidP="0044765B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="682" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0044765B" w:rsidRPr="0044765B" w:rsidRDefault="0044765B" w:rsidP="0044765B">
+          <w:p w14:paraId="1CB7A984" w14:textId="77777777" w:rsidR="0044765B" w:rsidRPr="0044765B" w:rsidRDefault="0044765B" w:rsidP="0044765B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1301" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0044765B" w:rsidRPr="0044765B" w:rsidRDefault="0044765B" w:rsidP="0044765B">
+          <w:p w14:paraId="4CEEE42D" w14:textId="77777777" w:rsidR="0044765B" w:rsidRPr="0044765B" w:rsidRDefault="0044765B" w:rsidP="0044765B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1305" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0044765B" w:rsidRPr="0044765B" w:rsidRDefault="0044765B" w:rsidP="0044765B">
+          <w:p w14:paraId="03B4672C" w14:textId="77777777" w:rsidR="0044765B" w:rsidRPr="0044765B" w:rsidRDefault="0044765B" w:rsidP="0044765B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0044765B" w:rsidRPr="0044765B" w:rsidRDefault="0044765B" w:rsidP="0044765B">
+          <w:p w14:paraId="3AE6A7C6" w14:textId="77777777" w:rsidR="0044765B" w:rsidRPr="0044765B" w:rsidRDefault="0044765B" w:rsidP="0044765B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0044765B" w:rsidRPr="008A2B18" w:rsidRDefault="0044765B">
+    <w:p w14:paraId="6BCFDAF3" w14:textId="77777777" w:rsidR="0044765B" w:rsidRPr="008A2B18" w:rsidRDefault="0044765B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F">
+    <w:p w14:paraId="200F942A" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FC6071" w:rsidRDefault="00FC6071" w:rsidP="00525787">
+    <w:p w14:paraId="10B3DAB7" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRDefault="00FC6071" w:rsidP="00525787">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0001367B" w:rsidRDefault="0001367B" w:rsidP="00525787">
+    <w:p w14:paraId="5EDA4E95" w14:textId="77777777" w:rsidR="0001367B" w:rsidRDefault="0001367B" w:rsidP="00525787">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C72A2F" w:rsidRDefault="00200CEC" w:rsidP="00200CEC">
+    <w:p w14:paraId="78059B7E" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00200CEC" w:rsidP="00200CEC">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:after="47"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">1.2   </w:t>
       </w:r>
       <w:r w:rsidR="00C72A2F" w:rsidRPr="00200CEC">
         <w:rPr>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Organisation en matière d’hygiène</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00200CEC" w:rsidRPr="00200CEC" w:rsidRDefault="00200CEC" w:rsidP="00200CEC">
+    <w:p w14:paraId="0A2B2A29" w14:textId="77777777" w:rsidR="00200CEC" w:rsidRPr="00200CEC" w:rsidRDefault="00200CEC" w:rsidP="00200CEC">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:after="47"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6051"/>
         <w:gridCol w:w="847"/>
         <w:gridCol w:w="854"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C72A2F" w:rsidRPr="00C72A2F" w:rsidTr="00B10699">
+      <w:tr w:rsidR="00C72A2F" w:rsidRPr="00C72A2F" w14:paraId="7F5F524B" w14:textId="77777777" w:rsidTr="00B10699">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6051" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
+          <w:p w14:paraId="34FD2443" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="847" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
+          <w:p w14:paraId="6E64EF1C" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C72A2F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>OUI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="854" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
+          <w:p w14:paraId="3135FE08" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C72A2F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>NON</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C72A2F" w:rsidRPr="00C72A2F" w:rsidTr="00B10699">
+      <w:tr w:rsidR="00C72A2F" w:rsidRPr="00C72A2F" w14:paraId="6F0CA96A" w14:textId="77777777" w:rsidTr="00B10699">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6051" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
+          <w:p w14:paraId="06E4FBD7" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C72A2F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Politique et implication des instances en matière d’hygiène</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="847" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
+          <w:p w14:paraId="199E0C7F" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="854" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
+          <w:p w14:paraId="5F52301D" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C72A2F" w:rsidRPr="00C72A2F" w:rsidTr="00B10699">
+      <w:tr w:rsidR="00C72A2F" w:rsidRPr="00C72A2F" w14:paraId="4A0893C2" w14:textId="77777777" w:rsidTr="00B10699">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6051" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00A06C2B">
+          <w:p w14:paraId="53CC4264" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00A06C2B">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C72A2F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Une politique et des objectifs en matière de lutte contre les infections </w:t>
             </w:r>
             <w:r w:rsidR="00A06C2B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>associées aux soins</w:t>
             </w:r>
@@ -4141,2129 +4147,2123 @@
               <w:t>(IAS</w:t>
             </w:r>
             <w:r w:rsidR="00120FF4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">) </w:t>
             </w:r>
             <w:r w:rsidRPr="00C72A2F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>existent dans l’établissement de santé.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="847" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
+          <w:p w14:paraId="5E1BCBF8" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="854" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
+          <w:p w14:paraId="6B6CDA88" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C72A2F" w:rsidRPr="00C72A2F" w:rsidTr="00B10699">
+      <w:tr w:rsidR="00C72A2F" w:rsidRPr="00C72A2F" w14:paraId="76C693FF" w14:textId="77777777" w:rsidTr="00B10699">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6051" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00A06C2B">
+          <w:p w14:paraId="46195929" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00A06C2B">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C72A2F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Les objectifs généraux en matière de lutte contre les </w:t>
             </w:r>
             <w:r w:rsidR="00A06C2B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">IAS </w:t>
             </w:r>
             <w:r w:rsidRPr="00C72A2F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>sont définis dans le projet d’établissement.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="847" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
+          <w:p w14:paraId="557E5202" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="854" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
+          <w:p w14:paraId="6A1D07F1" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C72A2F" w:rsidRPr="00C72A2F" w:rsidTr="00B10699">
+      <w:tr w:rsidR="00C72A2F" w:rsidRPr="00C72A2F" w14:paraId="59471BF1" w14:textId="77777777" w:rsidTr="00B10699">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6051" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00A06C2B">
+          <w:p w14:paraId="3B28899C" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00A06C2B">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C72A2F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Les objectifs généraux en matière de lutte contre les </w:t>
             </w:r>
             <w:r w:rsidR="00A06C2B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">IAS </w:t>
             </w:r>
             <w:r w:rsidRPr="00C72A2F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>sont définis dans le contrat d’objectifs et de moyens (CPOM) signé avec l’ARS.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="847" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
+          <w:p w14:paraId="1D33F5C6" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="854" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
+          <w:p w14:paraId="6D686712" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C72A2F" w:rsidRPr="00C72A2F" w:rsidTr="00B10699">
+      <w:tr w:rsidR="00C72A2F" w:rsidRPr="00C72A2F" w14:paraId="6B53283C" w14:textId="77777777" w:rsidTr="00B10699">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6051" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00A06C2B">
+          <w:p w14:paraId="1807D6E0" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00A06C2B">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C72A2F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Les objectifs en matière de lutte contre les </w:t>
             </w:r>
             <w:r w:rsidR="00A06C2B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">IAS </w:t>
             </w:r>
             <w:r w:rsidRPr="00C72A2F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>sont définis dans le projet médical.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="847" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
+          <w:p w14:paraId="7FCB1F8B" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="854" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
+          <w:p w14:paraId="2E862556" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C72A2F" w:rsidRPr="00C72A2F" w:rsidTr="00B10699">
+      <w:tr w:rsidR="00C72A2F" w:rsidRPr="00C72A2F" w14:paraId="76E8A1EE" w14:textId="77777777" w:rsidTr="00B10699">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6051" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
+          <w:p w14:paraId="703B7763" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C72A2F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Le programme d’actions élaboré par la CME contient un volet relatif au programme </w:t>
             </w:r>
             <w:r w:rsidR="00A06C2B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>d’actions de lutte contre les IAS</w:t>
             </w:r>
             <w:r w:rsidRPr="00C72A2F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="847" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
+          <w:p w14:paraId="345FF8E4" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="854" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
+          <w:p w14:paraId="60DC1A45" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C72A2F" w:rsidRPr="00C72A2F" w:rsidTr="00B10699">
+      <w:tr w:rsidR="00C72A2F" w:rsidRPr="00C72A2F" w14:paraId="76E82032" w14:textId="77777777" w:rsidTr="00B10699">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6051" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
+          <w:p w14:paraId="559911A2" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C72A2F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">La Commission de Soins Infirmiers, rééducation et médico technique (CSIRMT) contribue à l’élaboration du programme </w:t>
             </w:r>
             <w:r w:rsidR="00A06C2B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>d’actions de lutte contre les IAS</w:t>
             </w:r>
             <w:r w:rsidRPr="00C72A2F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="847" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
+          <w:p w14:paraId="6C465C86" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="854" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
+          <w:p w14:paraId="6258775D" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C72A2F" w:rsidRPr="00C72A2F" w:rsidTr="00B10699">
+      <w:tr w:rsidR="00C72A2F" w:rsidRPr="00C72A2F" w14:paraId="555EE0E5" w14:textId="77777777" w:rsidTr="00B10699">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6051" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
+          <w:p w14:paraId="42281035" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C72A2F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">La commission des relations avec les usagers et de la qualité de la prise en charge (CRUQPEC) est consultée pour avis ou contribue à l’élaboration du programme </w:t>
             </w:r>
             <w:r w:rsidR="00A06C2B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>d’actions de lutte contre les IAS</w:t>
             </w:r>
             <w:r w:rsidRPr="00C72A2F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="847" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
+          <w:p w14:paraId="1602866A" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="854" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
+          <w:p w14:paraId="79EB5D15" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C72A2F" w:rsidRPr="00C72A2F" w:rsidTr="00B10699">
+      <w:tr w:rsidR="00C72A2F" w:rsidRPr="00C72A2F" w14:paraId="747CD329" w14:textId="77777777" w:rsidTr="00B10699">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6051" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
+          <w:p w14:paraId="33E68B2E" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C72A2F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Le programme d’actions</w:t>
             </w:r>
             <w:r w:rsidR="00A06C2B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> de lutte contre les IAS</w:t>
             </w:r>
             <w:r w:rsidRPr="00C72A2F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> est transmis au Comité d'Hygiène, de Sécurité, et des Conditions de Travail (CHSCT) pour information.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="847" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
+          <w:p w14:paraId="2E764352" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="854" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
+          <w:p w14:paraId="0A0171F1" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
+    <w:p w14:paraId="73BDB6F7" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
       <w:pPr>
         <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006A7B9E" w:rsidRDefault="006A7B9E">
+    <w:p w14:paraId="5021114C" w14:textId="77777777" w:rsidR="006A7B9E" w:rsidRDefault="006A7B9E">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6051"/>
         <w:gridCol w:w="847"/>
         <w:gridCol w:w="854"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C72A2F" w:rsidTr="00B10699">
+      <w:tr w:rsidR="00C72A2F" w14:paraId="4139B81B" w14:textId="77777777" w:rsidTr="00B10699">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6051" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00060477" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="1FA17C49" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00060477" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00060477">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Signalement des infections nosocomiales</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="847" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00060477" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="1129B0AC" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00060477" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="854" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00060477" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="076B7A26" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00060477" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C72A2F" w:rsidTr="00B10699">
+      <w:tr w:rsidR="00C72A2F" w14:paraId="2F1A298A" w14:textId="77777777" w:rsidTr="00B10699">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6051" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00060477" w:rsidRDefault="00C72A2F" w:rsidP="00E0555E">
+          <w:p w14:paraId="5E58B567" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00060477" w:rsidRDefault="00C72A2F" w:rsidP="00E0555E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00060477">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Il existe une procédure de signalement interne d</w:t>
             </w:r>
             <w:r w:rsidR="00E0555E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>es IAS</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="847" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00060477" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="0C342935" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00060477" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="854" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00060477" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="481D823D" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00060477" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C72A2F" w:rsidTr="00B10699">
+      <w:tr w:rsidR="00C72A2F" w14:paraId="2201A87C" w14:textId="77777777" w:rsidTr="00B10699">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6051" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00060477" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="19B862A2" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00060477" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00060477">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Il existe une procédure de signalement</w:t>
             </w:r>
             <w:r w:rsidR="00E0555E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> externe des IAS</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="847" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00060477" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="51ACAFFA" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00060477" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="854" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00060477" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="68E7DC77" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00060477" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C72A2F" w:rsidTr="00B10699">
+      <w:tr w:rsidR="00C72A2F" w14:paraId="46BEBD71" w14:textId="77777777" w:rsidTr="00B10699">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6051" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00060477" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="34A95C10" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00060477" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00060477">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Le nom du responsable du signalement est transmis à l’ARS et </w:t>
             </w:r>
             <w:r w:rsidRPr="00B66E74">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>au CPias</w:t>
             </w:r>
             <w:r w:rsidRPr="00B66E74">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="847" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00060477" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="603DA26F" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00060477" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="854" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00060477" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="378D673F" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00060477" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C72A2F" w:rsidTr="00B10699">
+      <w:tr w:rsidR="00C72A2F" w14:paraId="4C1B288E" w14:textId="77777777" w:rsidTr="00B10699">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6051" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00060477" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="1E7684ED" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00060477" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00060477">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Il existe une procédure de gestion de crise formalisée</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="847" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00060477" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="43D628A7" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00060477" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="854" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00060477" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="09E25D1F" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00060477" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
+    <w:p w14:paraId="48EFB590" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
       <w:pPr>
         <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
+    <w:p w14:paraId="2F153752" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
       <w:pPr>
         <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C72A2F" w:rsidRDefault="00200CEC" w:rsidP="00200CEC">
+    <w:p w14:paraId="5BF80EBE" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00200CEC" w:rsidP="00200CEC">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:after="47"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">1.3   </w:t>
       </w:r>
       <w:r w:rsidR="00C72A2F" w:rsidRPr="00200CEC">
         <w:rPr>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Présentation de l’EOH</w:t>
       </w:r>
       <w:r w:rsidR="00E0555E">
         <w:rPr>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>H</w:t>
       </w:r>
       <w:r w:rsidR="00C72A2F" w:rsidRPr="00200CEC">
         <w:rPr>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00200CEC" w:rsidRPr="00200CEC" w:rsidRDefault="00200CEC" w:rsidP="00200CEC">
+    <w:p w14:paraId="565A7393" w14:textId="77777777" w:rsidR="00200CEC" w:rsidRPr="00200CEC" w:rsidRDefault="00200CEC" w:rsidP="00200CEC">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:after="47"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
+    <w:p w14:paraId="6710C576" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Bureaux, logistique : </w:t>
       </w:r>
       <w:r w:rsidRPr="0071394F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>préciser brièvement la configuration des locaux de l’EOH</w:t>
       </w:r>
       <w:r w:rsidR="00E0555E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>H</w:t>
       </w:r>
       <w:r w:rsidRPr="0071394F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> et les matériels à disposition </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
+    <w:p w14:paraId="097431C3" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
+    <w:p w14:paraId="49A5BCE9" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
+    <w:p w14:paraId="764D23E3" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
+    <w:p w14:paraId="0866B53A" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
+    <w:p w14:paraId="67432BFD" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
+    <w:p w14:paraId="16FB7269" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
+    <w:p w14:paraId="4760F665" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
+    <w:p w14:paraId="6DD948C5" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
+    <w:p w14:paraId="43C9A3BA" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Effectifs en ETP :</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2249"/>
         <w:gridCol w:w="2241"/>
         <w:gridCol w:w="2491"/>
         <w:gridCol w:w="2307"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003625EE" w:rsidRPr="00060477" w:rsidTr="003625EE">
+      <w:tr w:rsidR="003625EE" w:rsidRPr="00060477" w14:paraId="4697BEB1" w14:textId="77777777" w:rsidTr="003625EE">
         <w:trPr>
           <w:trHeight w:val="1060"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2249" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003625EE" w:rsidRPr="00060477" w:rsidRDefault="003625EE" w:rsidP="00B10699">
+          <w:p w14:paraId="299B01A5" w14:textId="77777777" w:rsidR="003625EE" w:rsidRPr="00060477" w:rsidRDefault="003625EE" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:before="60" w:afterLines="60" w:after="144" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00060477">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Catégories de personnel dans l’EOH</w:t>
             </w:r>
             <w:r w:rsidR="0037454A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>H</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2241" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003625EE" w:rsidRDefault="003625EE" w:rsidP="003625EE">
+          <w:p w14:paraId="3A9AE012" w14:textId="77777777" w:rsidR="003625EE" w:rsidRDefault="003625EE" w:rsidP="003625EE">
             <w:pPr>
               <w:spacing w:before="60" w:afterLines="60" w:after="144" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Identité</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003625EE" w:rsidRPr="00060477" w:rsidRDefault="003625EE" w:rsidP="003625EE">
+          <w:p w14:paraId="6292F72A" w14:textId="77777777" w:rsidR="003625EE" w:rsidRPr="00060477" w:rsidRDefault="003625EE" w:rsidP="003625EE">
             <w:pPr>
               <w:spacing w:before="60" w:afterLines="60" w:after="144" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(Nom, prénom)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2491" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003625EE" w:rsidRPr="00060477" w:rsidRDefault="003625EE" w:rsidP="0037454A">
+          <w:p w14:paraId="3B21044A" w14:textId="77777777" w:rsidR="003625EE" w:rsidRPr="00060477" w:rsidRDefault="003625EE" w:rsidP="0037454A">
             <w:pPr>
               <w:spacing w:before="60" w:afterLines="60" w:after="144" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00060477">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Nombre d’ETP spécifiquement dédiés à la </w:t>
             </w:r>
             <w:r w:rsidR="0037454A" w:rsidRPr="0037454A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">lutte contre les </w:t>
-[...7 lines deleted...]
-              <w:t>IAS</w:t>
+              <w:t>lutte contre les IAS</w:t>
             </w:r>
             <w:r w:rsidR="0037454A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00060477">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>intervenant dans l'établissement</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2307" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003625EE" w:rsidRPr="00060477" w:rsidRDefault="003625EE" w:rsidP="00B10699">
+          <w:p w14:paraId="7CAE5249" w14:textId="77777777" w:rsidR="003625EE" w:rsidRPr="00060477" w:rsidRDefault="003625EE" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:before="60" w:afterLines="60" w:after="144" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00060477">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Nombre d’ETP ayant un diplôme en Hygiène hospitalière</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003625EE" w:rsidRPr="00060477" w:rsidTr="003625EE">
+      <w:tr w:rsidR="003625EE" w:rsidRPr="00060477" w14:paraId="04DD8852" w14:textId="77777777" w:rsidTr="003625EE">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2249" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003625EE" w:rsidRPr="00060477" w:rsidRDefault="003625EE" w:rsidP="00B10699">
+          <w:p w14:paraId="467B7606" w14:textId="77777777" w:rsidR="003625EE" w:rsidRPr="00060477" w:rsidRDefault="003625EE" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:before="60" w:afterLines="60" w:after="144" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00060477">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Médecin</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2241" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003625EE" w:rsidRPr="00060477" w:rsidRDefault="003625EE" w:rsidP="00B10699">
+          <w:p w14:paraId="096BA956" w14:textId="77777777" w:rsidR="003625EE" w:rsidRPr="00060477" w:rsidRDefault="003625EE" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:before="60" w:afterLines="60" w:after="144" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2491" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="003625EE" w:rsidRPr="00060477" w:rsidRDefault="003625EE" w:rsidP="00B10699">
+          <w:p w14:paraId="024C03F7" w14:textId="77777777" w:rsidR="003625EE" w:rsidRPr="00060477" w:rsidRDefault="003625EE" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:before="60" w:afterLines="60" w:after="144" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2307" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="003625EE" w:rsidRPr="00060477" w:rsidRDefault="003625EE" w:rsidP="00B10699">
+          <w:p w14:paraId="3940C54A" w14:textId="77777777" w:rsidR="003625EE" w:rsidRPr="00060477" w:rsidRDefault="003625EE" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:before="60" w:afterLines="60" w:after="144" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003625EE" w:rsidRPr="00060477" w:rsidTr="003625EE">
+      <w:tr w:rsidR="003625EE" w:rsidRPr="00060477" w14:paraId="04784668" w14:textId="77777777" w:rsidTr="003625EE">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2249" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003625EE" w:rsidRPr="00060477" w:rsidRDefault="003625EE" w:rsidP="00B10699">
+          <w:p w14:paraId="41C37380" w14:textId="77777777" w:rsidR="003625EE" w:rsidRPr="00060477" w:rsidRDefault="003625EE" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:before="60" w:afterLines="60" w:after="144" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00060477">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Pharmacien</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2241" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003625EE" w:rsidRPr="00060477" w:rsidRDefault="003625EE" w:rsidP="00B10699">
+          <w:p w14:paraId="0232DACF" w14:textId="77777777" w:rsidR="003625EE" w:rsidRPr="00060477" w:rsidRDefault="003625EE" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:before="60" w:afterLines="60" w:after="144" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2491" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="003625EE" w:rsidRPr="00060477" w:rsidRDefault="003625EE" w:rsidP="00B10699">
+          <w:p w14:paraId="7400DA7D" w14:textId="77777777" w:rsidR="003625EE" w:rsidRPr="00060477" w:rsidRDefault="003625EE" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:before="60" w:afterLines="60" w:after="144" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2307" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="003625EE" w:rsidRPr="00060477" w:rsidRDefault="003625EE" w:rsidP="00B10699">
+          <w:p w14:paraId="5FCADC74" w14:textId="77777777" w:rsidR="003625EE" w:rsidRPr="00060477" w:rsidRDefault="003625EE" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:before="60" w:afterLines="60" w:after="144" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003625EE" w:rsidRPr="00060477" w:rsidTr="003625EE">
+      <w:tr w:rsidR="003625EE" w:rsidRPr="00060477" w14:paraId="77BD6863" w14:textId="77777777" w:rsidTr="003625EE">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2249" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003625EE" w:rsidRPr="00060477" w:rsidRDefault="003625EE" w:rsidP="00B10699">
+          <w:p w14:paraId="1531A55A" w14:textId="77777777" w:rsidR="003625EE" w:rsidRPr="00060477" w:rsidRDefault="003625EE" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:before="60" w:afterLines="60" w:after="144" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00060477">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Cadre infirmier</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2241" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003625EE" w:rsidRPr="00060477" w:rsidRDefault="003625EE" w:rsidP="00B10699">
+          <w:p w14:paraId="2CA12F8F" w14:textId="77777777" w:rsidR="003625EE" w:rsidRPr="00060477" w:rsidRDefault="003625EE" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:before="60" w:afterLines="60" w:after="144" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2491" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="003625EE" w:rsidRPr="00060477" w:rsidRDefault="003625EE" w:rsidP="00B10699">
+          <w:p w14:paraId="3EAA4DD3" w14:textId="77777777" w:rsidR="003625EE" w:rsidRPr="00060477" w:rsidRDefault="003625EE" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:before="60" w:afterLines="60" w:after="144" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2307" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="003625EE" w:rsidRPr="00060477" w:rsidRDefault="003625EE" w:rsidP="00B10699">
+          <w:p w14:paraId="26787F6E" w14:textId="77777777" w:rsidR="003625EE" w:rsidRPr="00060477" w:rsidRDefault="003625EE" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:before="60" w:afterLines="60" w:after="144" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003625EE" w:rsidRPr="00060477" w:rsidTr="003625EE">
+      <w:tr w:rsidR="003625EE" w:rsidRPr="00060477" w14:paraId="18A26A7C" w14:textId="77777777" w:rsidTr="003625EE">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2249" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003625EE" w:rsidRPr="00060477" w:rsidRDefault="003625EE" w:rsidP="00B10699">
+          <w:p w14:paraId="385A9E78" w14:textId="77777777" w:rsidR="003625EE" w:rsidRPr="00060477" w:rsidRDefault="003625EE" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:before="60" w:afterLines="60" w:after="144" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00060477">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Infirmier non cadre</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2241" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003625EE" w:rsidRPr="00060477" w:rsidRDefault="003625EE" w:rsidP="00B10699">
+          <w:p w14:paraId="077E28DB" w14:textId="77777777" w:rsidR="003625EE" w:rsidRPr="00060477" w:rsidRDefault="003625EE" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:before="60" w:afterLines="60" w:after="144" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2491" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="003625EE" w:rsidRPr="00060477" w:rsidRDefault="003625EE" w:rsidP="00B10699">
+          <w:p w14:paraId="0DF20312" w14:textId="77777777" w:rsidR="003625EE" w:rsidRPr="00060477" w:rsidRDefault="003625EE" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:before="60" w:afterLines="60" w:after="144" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2307" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="003625EE" w:rsidRPr="00060477" w:rsidRDefault="003625EE" w:rsidP="00B10699">
+          <w:p w14:paraId="186C9525" w14:textId="77777777" w:rsidR="003625EE" w:rsidRPr="00060477" w:rsidRDefault="003625EE" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:before="60" w:afterLines="60" w:after="144" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003625EE" w:rsidRPr="00060477" w:rsidTr="003625EE">
+      <w:tr w:rsidR="003625EE" w:rsidRPr="00060477" w14:paraId="272F0F3E" w14:textId="77777777" w:rsidTr="003625EE">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2249" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003625EE" w:rsidRPr="00060477" w:rsidRDefault="003625EE" w:rsidP="00B10699">
+          <w:p w14:paraId="29DBD9CF" w14:textId="77777777" w:rsidR="003625EE" w:rsidRPr="00060477" w:rsidRDefault="003625EE" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:before="60" w:afterLines="60" w:after="144" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00060477">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Technicien en hygiène</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2241" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="background1" w:themeFillShade="80"/>
           </w:tcPr>
-          <w:p w:rsidR="003625EE" w:rsidRPr="00060477" w:rsidRDefault="003625EE" w:rsidP="00B10699">
+          <w:p w14:paraId="723FADF7" w14:textId="77777777" w:rsidR="003625EE" w:rsidRPr="00060477" w:rsidRDefault="003625EE" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:before="60" w:afterLines="60" w:after="144" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2491" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="003625EE" w:rsidRPr="00060477" w:rsidRDefault="003625EE" w:rsidP="00B10699">
+          <w:p w14:paraId="1001DFC9" w14:textId="77777777" w:rsidR="003625EE" w:rsidRPr="00060477" w:rsidRDefault="003625EE" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:before="60" w:afterLines="60" w:after="144" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2307" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="003625EE" w:rsidRPr="00060477" w:rsidRDefault="003625EE" w:rsidP="00B10699">
+          <w:p w14:paraId="32F2C9A8" w14:textId="77777777" w:rsidR="003625EE" w:rsidRPr="00060477" w:rsidRDefault="003625EE" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:before="60" w:afterLines="60" w:after="144" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003625EE" w:rsidRPr="00060477" w:rsidTr="003625EE">
+      <w:tr w:rsidR="003625EE" w:rsidRPr="00060477" w14:paraId="1B30591E" w14:textId="77777777" w:rsidTr="003625EE">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2249" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003625EE" w:rsidRPr="00060477" w:rsidRDefault="003625EE" w:rsidP="00B10699">
+          <w:p w14:paraId="536895DD" w14:textId="77777777" w:rsidR="003625EE" w:rsidRPr="00060477" w:rsidRDefault="003625EE" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:before="60" w:afterLines="60" w:after="144" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00060477">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Secrétaire</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2241" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="background1" w:themeFillShade="80"/>
           </w:tcPr>
-          <w:p w:rsidR="003625EE" w:rsidRPr="00060477" w:rsidRDefault="003625EE" w:rsidP="00B10699">
+          <w:p w14:paraId="6E4A1F0A" w14:textId="77777777" w:rsidR="003625EE" w:rsidRPr="00060477" w:rsidRDefault="003625EE" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:before="60" w:afterLines="60" w:after="144" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2491" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="003625EE" w:rsidRPr="00060477" w:rsidRDefault="003625EE" w:rsidP="00B10699">
+          <w:p w14:paraId="2C95C815" w14:textId="77777777" w:rsidR="003625EE" w:rsidRPr="00060477" w:rsidRDefault="003625EE" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:before="60" w:afterLines="60" w:after="144" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2307" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="003625EE" w:rsidRPr="00060477" w:rsidRDefault="003625EE" w:rsidP="00B10699">
+          <w:p w14:paraId="09299471" w14:textId="77777777" w:rsidR="003625EE" w:rsidRPr="00060477" w:rsidRDefault="003625EE" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:before="60" w:afterLines="60" w:after="144" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003625EE" w:rsidRPr="00060477" w:rsidTr="003625EE">
+      <w:tr w:rsidR="003625EE" w:rsidRPr="00060477" w14:paraId="6BBA1B9A" w14:textId="77777777" w:rsidTr="003625EE">
         <w:trPr>
           <w:trHeight w:val="519"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2249" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003625EE" w:rsidRPr="00060477" w:rsidRDefault="003625EE" w:rsidP="00B10699">
+          <w:p w14:paraId="28D791DE" w14:textId="77777777" w:rsidR="003625EE" w:rsidRPr="00060477" w:rsidRDefault="003625EE" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:before="60" w:afterLines="60" w:after="144" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00060477">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Autre personnel permanent, précisez :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2241" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="background1" w:themeFillShade="80"/>
           </w:tcPr>
-          <w:p w:rsidR="003625EE" w:rsidRPr="00060477" w:rsidRDefault="003625EE" w:rsidP="00B10699">
+          <w:p w14:paraId="7103AD70" w14:textId="77777777" w:rsidR="003625EE" w:rsidRPr="00060477" w:rsidRDefault="003625EE" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:before="60" w:afterLines="60" w:after="144" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2491" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="003625EE" w:rsidRPr="00060477" w:rsidRDefault="003625EE" w:rsidP="00B10699">
+          <w:p w14:paraId="35219FF1" w14:textId="77777777" w:rsidR="003625EE" w:rsidRPr="00060477" w:rsidRDefault="003625EE" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:before="60" w:afterLines="60" w:after="144" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2307" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="003625EE" w:rsidRPr="00060477" w:rsidRDefault="003625EE" w:rsidP="00B10699">
+          <w:p w14:paraId="6601BCEF" w14:textId="77777777" w:rsidR="003625EE" w:rsidRPr="00060477" w:rsidRDefault="003625EE" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:before="60" w:afterLines="60" w:after="144" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
+    <w:p w14:paraId="5DC1C9AC" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E0555E" w:rsidRDefault="00E0555E">
+    <w:p w14:paraId="6E62A685" w14:textId="77777777" w:rsidR="00E0555E" w:rsidRDefault="00E0555E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc12972120"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C72A2F" w:rsidRPr="00590F95" w:rsidRDefault="00C72A2F" w:rsidP="00120FF4">
+    <w:p w14:paraId="599B30C1" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00590F95" w:rsidRDefault="00C72A2F" w:rsidP="00120FF4">
       <w:pPr>
         <w:pStyle w:val="Style3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
         <w:spacing w:before="0" w:after="160" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00590F95">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Le projet</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
+    <w:p w14:paraId="31AA4072" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4607"/>
           <w:tab w:val="left" w:pos="5458"/>
           <w:tab w:val="left" w:pos="6309"/>
           <w:tab w:val="left" w:pos="6876"/>
           <w:tab w:val="left" w:pos="7727"/>
           <w:tab w:val="left" w:pos="8578"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
+    <w:p w14:paraId="6B771134" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4607"/>
           <w:tab w:val="left" w:pos="5458"/>
           <w:tab w:val="left" w:pos="6309"/>
           <w:tab w:val="left" w:pos="6876"/>
           <w:tab w:val="left" w:pos="7727"/>
           <w:tab w:val="left" w:pos="8578"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00200CEC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -6287,387 +6287,387 @@
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>les motivations</w:t>
       </w:r>
       <w:r w:rsidR="00EB5A47">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>, les bénéfices attendus pour l’établissement support</w:t>
       </w:r>
       <w:r w:rsidRPr="00200CEC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> et préciser s’il fait intervenir un ou plusieurs établissements partenaires en cas de groupement de coopération sanitaire.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00660CC9" w:rsidRDefault="00660CC9" w:rsidP="00C72A2F">
+    <w:p w14:paraId="51DBF625" w14:textId="77777777" w:rsidR="00660CC9" w:rsidRDefault="00660CC9" w:rsidP="00C72A2F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4607"/>
           <w:tab w:val="left" w:pos="5458"/>
           <w:tab w:val="left" w:pos="6309"/>
           <w:tab w:val="left" w:pos="6876"/>
           <w:tab w:val="left" w:pos="7727"/>
           <w:tab w:val="left" w:pos="8578"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00660CC9" w:rsidRDefault="00660CC9" w:rsidP="00C72A2F">
+    <w:p w14:paraId="7E7EC5D3" w14:textId="77777777" w:rsidR="00660CC9" w:rsidRDefault="00660CC9" w:rsidP="00C72A2F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4607"/>
           <w:tab w:val="left" w:pos="5458"/>
           <w:tab w:val="left" w:pos="6309"/>
           <w:tab w:val="left" w:pos="6876"/>
           <w:tab w:val="left" w:pos="7727"/>
           <w:tab w:val="left" w:pos="8578"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00660CC9" w:rsidRDefault="00660CC9" w:rsidP="00C72A2F">
+    <w:p w14:paraId="60782E6E" w14:textId="77777777" w:rsidR="00660CC9" w:rsidRDefault="00660CC9" w:rsidP="00C72A2F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4607"/>
           <w:tab w:val="left" w:pos="5458"/>
           <w:tab w:val="left" w:pos="6309"/>
           <w:tab w:val="left" w:pos="6876"/>
           <w:tab w:val="left" w:pos="7727"/>
           <w:tab w:val="left" w:pos="8578"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00660CC9" w:rsidRDefault="00660CC9" w:rsidP="00C72A2F">
+    <w:p w14:paraId="7D9A18AF" w14:textId="77777777" w:rsidR="00660CC9" w:rsidRDefault="00660CC9" w:rsidP="00C72A2F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4607"/>
           <w:tab w:val="left" w:pos="5458"/>
           <w:tab w:val="left" w:pos="6309"/>
           <w:tab w:val="left" w:pos="6876"/>
           <w:tab w:val="left" w:pos="7727"/>
           <w:tab w:val="left" w:pos="8578"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00660CC9" w:rsidRDefault="00660CC9" w:rsidP="00C72A2F">
+    <w:p w14:paraId="1BB1F2E7" w14:textId="77777777" w:rsidR="00660CC9" w:rsidRDefault="00660CC9" w:rsidP="00C72A2F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4607"/>
           <w:tab w:val="left" w:pos="5458"/>
           <w:tab w:val="left" w:pos="6309"/>
           <w:tab w:val="left" w:pos="6876"/>
           <w:tab w:val="left" w:pos="7727"/>
           <w:tab w:val="left" w:pos="8578"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00660CC9" w:rsidRDefault="00660CC9" w:rsidP="00C72A2F">
+    <w:p w14:paraId="14C04F2E" w14:textId="77777777" w:rsidR="00660CC9" w:rsidRDefault="00660CC9" w:rsidP="00C72A2F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4607"/>
           <w:tab w:val="left" w:pos="5458"/>
           <w:tab w:val="left" w:pos="6309"/>
           <w:tab w:val="left" w:pos="6876"/>
           <w:tab w:val="left" w:pos="7727"/>
           <w:tab w:val="left" w:pos="8578"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00660CC9" w:rsidRDefault="00660CC9" w:rsidP="00C72A2F">
+    <w:p w14:paraId="30AA4139" w14:textId="77777777" w:rsidR="00660CC9" w:rsidRDefault="00660CC9" w:rsidP="00C72A2F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4607"/>
           <w:tab w:val="left" w:pos="5458"/>
           <w:tab w:val="left" w:pos="6309"/>
           <w:tab w:val="left" w:pos="6876"/>
           <w:tab w:val="left" w:pos="7727"/>
           <w:tab w:val="left" w:pos="8578"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00660CC9" w:rsidRDefault="00660CC9" w:rsidP="00C72A2F">
+    <w:p w14:paraId="0E94F350" w14:textId="77777777" w:rsidR="00660CC9" w:rsidRDefault="00660CC9" w:rsidP="00C72A2F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4607"/>
           <w:tab w:val="left" w:pos="5458"/>
           <w:tab w:val="left" w:pos="6309"/>
           <w:tab w:val="left" w:pos="6876"/>
           <w:tab w:val="left" w:pos="7727"/>
           <w:tab w:val="left" w:pos="8578"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00660CC9" w:rsidRDefault="00660CC9" w:rsidP="00C72A2F">
+    <w:p w14:paraId="0347021B" w14:textId="77777777" w:rsidR="00660CC9" w:rsidRDefault="00660CC9" w:rsidP="00C72A2F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4607"/>
           <w:tab w:val="left" w:pos="5458"/>
           <w:tab w:val="left" w:pos="6309"/>
           <w:tab w:val="left" w:pos="6876"/>
           <w:tab w:val="left" w:pos="7727"/>
           <w:tab w:val="left" w:pos="8578"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00660CC9" w:rsidRDefault="00660CC9" w:rsidP="00C72A2F">
+    <w:p w14:paraId="56288892" w14:textId="77777777" w:rsidR="00660CC9" w:rsidRDefault="00660CC9" w:rsidP="00C72A2F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4607"/>
           <w:tab w:val="left" w:pos="5458"/>
           <w:tab w:val="left" w:pos="6309"/>
           <w:tab w:val="left" w:pos="6876"/>
           <w:tab w:val="left" w:pos="7727"/>
           <w:tab w:val="left" w:pos="8578"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00660CC9" w:rsidRDefault="00660CC9" w:rsidP="00C72A2F">
+    <w:p w14:paraId="6C0C1CCF" w14:textId="77777777" w:rsidR="00660CC9" w:rsidRDefault="00660CC9" w:rsidP="00C72A2F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4607"/>
           <w:tab w:val="left" w:pos="5458"/>
           <w:tab w:val="left" w:pos="6309"/>
           <w:tab w:val="left" w:pos="6876"/>
           <w:tab w:val="left" w:pos="7727"/>
           <w:tab w:val="left" w:pos="8578"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00660CC9" w:rsidRDefault="00660CC9" w:rsidP="00C72A2F">
+    <w:p w14:paraId="27BA24E4" w14:textId="77777777" w:rsidR="00660CC9" w:rsidRDefault="00660CC9" w:rsidP="00C72A2F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4607"/>
           <w:tab w:val="left" w:pos="5458"/>
           <w:tab w:val="left" w:pos="6309"/>
           <w:tab w:val="left" w:pos="6876"/>
           <w:tab w:val="left" w:pos="7727"/>
           <w:tab w:val="left" w:pos="8578"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00660CC9" w:rsidRDefault="00660CC9" w:rsidP="00C72A2F">
+    <w:p w14:paraId="2B2603B0" w14:textId="77777777" w:rsidR="00660CC9" w:rsidRDefault="00660CC9" w:rsidP="00C72A2F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4607"/>
           <w:tab w:val="left" w:pos="5458"/>
           <w:tab w:val="left" w:pos="6309"/>
           <w:tab w:val="left" w:pos="6876"/>
           <w:tab w:val="left" w:pos="7727"/>
           <w:tab w:val="left" w:pos="8578"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00660CC9" w:rsidRDefault="00660CC9" w:rsidP="00C72A2F">
+    <w:p w14:paraId="6C684E00" w14:textId="77777777" w:rsidR="00660CC9" w:rsidRDefault="00660CC9" w:rsidP="00C72A2F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4607"/>
           <w:tab w:val="left" w:pos="5458"/>
           <w:tab w:val="left" w:pos="6309"/>
           <w:tab w:val="left" w:pos="6876"/>
           <w:tab w:val="left" w:pos="7727"/>
           <w:tab w:val="left" w:pos="8578"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00660CC9" w:rsidRDefault="00660CC9" w:rsidP="00C72A2F">
+    <w:p w14:paraId="788558BF" w14:textId="77777777" w:rsidR="00660CC9" w:rsidRDefault="00660CC9" w:rsidP="00C72A2F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4607"/>
           <w:tab w:val="left" w:pos="5458"/>
           <w:tab w:val="left" w:pos="6309"/>
           <w:tab w:val="left" w:pos="6876"/>
           <w:tab w:val="left" w:pos="7727"/>
           <w:tab w:val="left" w:pos="8578"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00660CC9" w:rsidRDefault="00660CC9" w:rsidP="00C72A2F">
+    <w:p w14:paraId="2EAA963E" w14:textId="77777777" w:rsidR="00660CC9" w:rsidRDefault="00660CC9" w:rsidP="00C72A2F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4607"/>
           <w:tab w:val="left" w:pos="5458"/>
           <w:tab w:val="left" w:pos="6309"/>
           <w:tab w:val="left" w:pos="6876"/>
           <w:tab w:val="left" w:pos="7727"/>
           <w:tab w:val="left" w:pos="8578"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00660CC9" w:rsidRPr="00200CEC" w:rsidRDefault="00660CC9" w:rsidP="00660CC9">
+    <w:p w14:paraId="61528FEE" w14:textId="77777777" w:rsidR="00660CC9" w:rsidRPr="00200CEC" w:rsidRDefault="00660CC9" w:rsidP="00660CC9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4607"/>
           <w:tab w:val="left" w:pos="5458"/>
           <w:tab w:val="left" w:pos="6309"/>
           <w:tab w:val="left" w:pos="6876"/>
           <w:tab w:val="left" w:pos="7727"/>
           <w:tab w:val="left" w:pos="8578"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -6684,187 +6684,187 @@
       <w:r w:rsidR="00DD7CBD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>d’un précédent</w:t>
       </w:r>
       <w:r w:rsidRPr="00F97F45">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> appel </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>à candidature.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C72A2F" w:rsidRPr="006E71AB" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
+    <w:p w14:paraId="37687B46" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="006E71AB" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4607"/>
           <w:tab w:val="left" w:pos="5458"/>
           <w:tab w:val="left" w:pos="6309"/>
           <w:tab w:val="left" w:pos="6876"/>
           <w:tab w:val="left" w:pos="7727"/>
           <w:tab w:val="left" w:pos="8578"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C72A2F" w:rsidRPr="006E71AB" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
+    <w:p w14:paraId="3E4DEFCA" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="006E71AB" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4607"/>
           <w:tab w:val="left" w:pos="5458"/>
           <w:tab w:val="left" w:pos="6309"/>
           <w:tab w:val="left" w:pos="6876"/>
           <w:tab w:val="left" w:pos="7727"/>
           <w:tab w:val="left" w:pos="8578"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C72A2F" w:rsidRPr="006E71AB" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
+    <w:p w14:paraId="4EF4FD89" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="006E71AB" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4607"/>
           <w:tab w:val="left" w:pos="5458"/>
           <w:tab w:val="left" w:pos="6309"/>
           <w:tab w:val="left" w:pos="6876"/>
           <w:tab w:val="left" w:pos="7727"/>
           <w:tab w:val="left" w:pos="8578"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
+    <w:p w14:paraId="27AF52DA" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
+    <w:p w14:paraId="0C0A461F" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
+    <w:p w14:paraId="0130CD56" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
+    <w:p w14:paraId="484206F3" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
+    <w:p w14:paraId="281186A6" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
+    <w:p w14:paraId="43676299" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
+    <w:p w14:paraId="703E6EAE" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C72A2F" w:rsidRPr="00200CEC" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
+    <w:p w14:paraId="26290704" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00200CEC" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4607"/>
           <w:tab w:val="left" w:pos="5458"/>
           <w:tab w:val="left" w:pos="6309"/>
           <w:tab w:val="left" w:pos="6876"/>
           <w:tab w:val="left" w:pos="7727"/>
           <w:tab w:val="left" w:pos="8578"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00200CEC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -6891,169 +6891,169 @@
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00B706FA" w:rsidRPr="00200CEC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>etc.</w:t>
       </w:r>
       <w:r w:rsidRPr="00200CEC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">) et les manques perçus à ce stade. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C72A2F" w:rsidRPr="006E71AB" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
+    <w:p w14:paraId="0EFEFD65" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="006E71AB" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4607"/>
           <w:tab w:val="left" w:pos="5458"/>
           <w:tab w:val="left" w:pos="6309"/>
           <w:tab w:val="left" w:pos="6876"/>
           <w:tab w:val="left" w:pos="7727"/>
           <w:tab w:val="left" w:pos="8578"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
+    <w:p w14:paraId="674BD678" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
+    <w:p w14:paraId="636F9E12" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00062A3F" w:rsidRDefault="00062A3F" w:rsidP="00C72A2F">
+    <w:p w14:paraId="4C1008A2" w14:textId="77777777" w:rsidR="00062A3F" w:rsidRDefault="00062A3F" w:rsidP="00C72A2F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00062A3F" w:rsidRDefault="00062A3F" w:rsidP="00C72A2F">
+    <w:p w14:paraId="1E27FE81" w14:textId="77777777" w:rsidR="00062A3F" w:rsidRDefault="00062A3F" w:rsidP="00C72A2F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00811A0E" w:rsidRDefault="00811A0E" w:rsidP="00C72A2F">
+    <w:p w14:paraId="7F5B518F" w14:textId="77777777" w:rsidR="00811A0E" w:rsidRDefault="00811A0E" w:rsidP="00C72A2F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00660CC9" w:rsidRDefault="00660CC9" w:rsidP="00C72A2F">
+    <w:p w14:paraId="6D54CBB7" w14:textId="77777777" w:rsidR="00660CC9" w:rsidRDefault="00660CC9" w:rsidP="00C72A2F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00660CC9" w:rsidRDefault="00660CC9" w:rsidP="00C72A2F">
+    <w:p w14:paraId="6918138E" w14:textId="77777777" w:rsidR="00660CC9" w:rsidRDefault="00660CC9" w:rsidP="00C72A2F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00660CC9" w:rsidRDefault="00660CC9" w:rsidP="00C72A2F">
+    <w:p w14:paraId="5BB313F6" w14:textId="77777777" w:rsidR="00660CC9" w:rsidRDefault="00660CC9" w:rsidP="00C72A2F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:sectPr w:rsidR="00660CC9" w:rsidSect="00A06C2B">
           <w:footerReference w:type="default" r:id="rId12"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="851" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
+    <w:p w14:paraId="0011BB5C" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C72A2F" w:rsidRPr="00D45D20" w:rsidRDefault="00200CEC" w:rsidP="00200CEC">
+    <w:p w14:paraId="434D569E" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00D45D20" w:rsidRDefault="00200CEC" w:rsidP="00200CEC">
       <w:pPr>
         <w:pStyle w:val="Style3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
         <w:spacing w:before="0" w:after="160" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>P</w:t>
@@ -7091,51 +7091,51 @@
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>EHPAD</w:t>
       </w:r>
       <w:r w:rsidR="00C72A2F" w:rsidRPr="00D45D20">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> partenaire</w:t>
       </w:r>
       <w:r w:rsidR="00C72A2F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">s avec le porteur de projet </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C72A2F" w:rsidRPr="00893F32" w:rsidRDefault="00893F32" w:rsidP="00C72A2F">
+    <w:p w14:paraId="0900CCF6" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00893F32" w:rsidRDefault="00893F32" w:rsidP="00C72A2F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1576">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Merci de ne pas modifier la présentation du tableau</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="4965" w:type="pct"/>
@@ -7148,3118 +7148,3141 @@
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1186"/>
         <w:gridCol w:w="975"/>
         <w:gridCol w:w="1244"/>
         <w:gridCol w:w="1183"/>
         <w:gridCol w:w="1157"/>
         <w:gridCol w:w="1183"/>
         <w:gridCol w:w="1081"/>
         <w:gridCol w:w="1034"/>
         <w:gridCol w:w="663"/>
         <w:gridCol w:w="640"/>
         <w:gridCol w:w="691"/>
         <w:gridCol w:w="643"/>
         <w:gridCol w:w="1208"/>
         <w:gridCol w:w="1157"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00811A0E" w:rsidRPr="00ED4B9D" w:rsidTr="005E1576">
+      <w:tr w:rsidR="00811A0E" w:rsidRPr="00ED4B9D" w14:paraId="1E137B85" w14:textId="77777777" w:rsidTr="005E1576">
         <w:trPr>
           <w:trHeight w:val="750"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="422" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="7EC3A725" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED4B9D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t>m EHPAD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="347" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="32F035F8" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED4B9D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t>Finess</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve"> géo.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="44534AED" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED4B9D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t>Ville</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="421" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="4A6E4C26" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED4B9D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t>Département</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="412" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00200CEC" w:rsidP="00B10699">
+          <w:p w14:paraId="046C36C8" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00200CEC" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t>N</w:t>
             </w:r>
             <w:r w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t>om du gestionnaire</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="421" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="467E5C7D" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED4B9D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t>Statut juridique</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="385" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="78AF0C56" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED4B9D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t>Capacité totale autorisée</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="368" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="6E7932C7" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED4B9D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t>Capacité totale installée</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="464" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
-[...13 lines deleted...]
-          <w:p w:rsidR="00C60545" w:rsidRDefault="00200CEC" w:rsidP="00B10699">
+          <w:p w14:paraId="3A9E0018" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5A765FAD" w14:textId="77777777" w:rsidR="00C60545" w:rsidRDefault="00200CEC" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t>M</w:t>
             </w:r>
             <w:r w:rsidR="00C72A2F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve">édecin </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00B706FA" w:rsidP="00B10699">
+          <w:p w14:paraId="0A414A37" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00B706FA" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t>Coordonnateur</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
-[...13 lines deleted...]
-          <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="05C8D5B5" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="04BB3D4D" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="474" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="1E2B5D76" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve">IDE hygiéniste </w:t>
             </w:r>
             <w:r w:rsidR="005E1576">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t>de l’EHPAD ou du groupe</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="00AD2AF9" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="842" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="0E56414A" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t>Convention de partenariat</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00811A0E" w:rsidRPr="00ED4B9D" w:rsidTr="005E1576">
+      <w:tr w:rsidR="00811A0E" w:rsidRPr="00ED4B9D" w14:paraId="209A5229" w14:textId="77777777" w:rsidTr="005E1576">
         <w:trPr>
           <w:trHeight w:val="750"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="422" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="6C764ECE" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="347" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="11BA20D9" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="2C8AE532" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="421" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="67878A20" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="412" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="55CADB18" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="421" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="62441004" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="385" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="682763A9" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="368" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="4A272E0D" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="5C1E7287" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t>O/N</w:t>
             </w:r>
             <w:r w:rsidR="00200CEC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="228" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
-[...13 lines deleted...]
-          <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="171C7BAA" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3AC0DB56" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t>ETP</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="13AB3D06" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="246" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="2B50CD4C" w14:textId="28B3DE15" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t>O/N</w:t>
             </w:r>
+            <w:r w:rsidR="00C91577">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="229" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="55E0A656" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t>ETP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="430" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="265A2742" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t>EOH</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="6BA0C5AC" w14:textId="175B8567" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t>O/N</w:t>
             </w:r>
-          </w:p>
-          <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+            <w:r w:rsidR="00C91577">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11CC4841" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t>(Si oui, nom de l’ES)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="412" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="64FCA753" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t>Autre</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="4BAC0074" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t>en clair</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00811A0E" w:rsidRPr="00ED4B9D" w:rsidTr="005E1576">
+      <w:tr w:rsidR="00811A0E" w:rsidRPr="00ED4B9D" w14:paraId="2EAB607E" w14:textId="77777777" w:rsidTr="005E1576">
         <w:trPr>
           <w:trHeight w:val="750"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="422" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="5B4EB793" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="347" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="75E56395" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="7C2A3B85" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="421" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="7B3A48D6" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="412" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="06092CC3" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="421" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="2906E16D" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="385" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="0802C900" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="368" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="6DE5B387" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="20253A88" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="228" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="4F4329E1" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="246" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="5EAA7899" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="229" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="4CE179F2" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="430" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="01101621" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="412" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="612DA1F7" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00811A0E" w:rsidRPr="00ED4B9D" w:rsidTr="005E1576">
+      <w:tr w:rsidR="00811A0E" w:rsidRPr="00ED4B9D" w14:paraId="4BD14ED1" w14:textId="77777777" w:rsidTr="005E1576">
         <w:trPr>
           <w:trHeight w:val="750"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="422" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="7FA185F4" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="347" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="729CED14" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="094019D2" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="421" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="7B2B4302" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="412" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="45B6ACFF" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="421" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="0C17837D" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="385" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="7D1C0582" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="368" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="370C47C9" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="6D2AB1B9" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="228" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="19F0FFE5" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="246" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="4D95A711" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="229" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="01371DD5" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="430" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="3A802203" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="412" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="60A59851" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00811A0E" w:rsidRPr="00ED4B9D" w:rsidTr="005E1576">
+      <w:tr w:rsidR="00811A0E" w:rsidRPr="00ED4B9D" w14:paraId="4AB58A31" w14:textId="77777777" w:rsidTr="005E1576">
         <w:trPr>
           <w:trHeight w:val="750"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="422" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="37C97747" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="347" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="46F19FFB" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="3E933B12" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="421" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="314E080B" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="412" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="1997540F" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="421" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="5D80708E" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="385" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="236ADEC4" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="368" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="55F0BD40" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="0F9914FF" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="228" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="7EC73ED1" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="246" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="3CC1E35E" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="229" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="753C6855" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="430" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="297B8741" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="412" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="0300A48E" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00811A0E" w:rsidRPr="00ED4B9D" w:rsidTr="005E1576">
+      <w:tr w:rsidR="00811A0E" w:rsidRPr="00ED4B9D" w14:paraId="47DCA369" w14:textId="77777777" w:rsidTr="005E1576">
         <w:trPr>
           <w:trHeight w:val="750"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="422" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="318352E5" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="347" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="160FE48D" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="7ABFA207" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="421" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="24B7D836" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="412" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="3BEE5839" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="421" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="41BB5CEC" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="385" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="4BE897E2" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="368" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="3517A440" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="6704FB59" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="228" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="452B65D7" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="246" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="2CEEC126" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="229" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="5E7492B0" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="430" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="392C5982" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="412" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="75729575" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00811A0E" w:rsidRPr="00ED4B9D" w:rsidTr="005E1576">
+      <w:tr w:rsidR="00811A0E" w:rsidRPr="00ED4B9D" w14:paraId="47CD6099" w14:textId="77777777" w:rsidTr="005E1576">
         <w:trPr>
           <w:trHeight w:val="750"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="422" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="7675E15C" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="347" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="23538E0B" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="577D0D24" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="421" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="736E136A" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="412" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="60EBB494" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="421" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="4D7B8155" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="385" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="161D857B" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="368" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="05966CDF" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="76DB486D" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="228" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="55767E40" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="246" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="3DD63272" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="229" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="5D5A070B" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="430" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="61CD23B6" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="412" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="15DFDA7B" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00811A0E" w:rsidRPr="00ED4B9D" w:rsidTr="005E1576">
+      <w:tr w:rsidR="00811A0E" w:rsidRPr="00ED4B9D" w14:paraId="29A40D4A" w14:textId="77777777" w:rsidTr="005E1576">
         <w:trPr>
           <w:trHeight w:val="750"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="422" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="2CFFA51A" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="347" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="666D8FEA" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="1436EA10" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="421" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="19BE2A6D" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="412" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="2F6E5D6F" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="421" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="380329E4" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="385" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="6C6ADD00" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="368" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="5AAD4CA6" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="45625BB0" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="228" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="6964518A" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="246" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="48991CD5" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="229" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="34F40154" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="430" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="0FE3C737" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="412" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="305E3856" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00811A0E" w:rsidRPr="00ED4B9D" w:rsidTr="005E1576">
+      <w:tr w:rsidR="00811A0E" w:rsidRPr="00ED4B9D" w14:paraId="761A1451" w14:textId="77777777" w:rsidTr="005E1576">
         <w:trPr>
           <w:trHeight w:val="750"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="422" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="159EA5C1" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="347" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="024996BD" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="5C2877EC" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="421" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="178D7979" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="412" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="2979CE2E" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="421" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="40E78F88" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="385" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="0E7A1F90" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="368" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="7E1991E7" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00ED4B9D" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="35FF4CC5" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="228" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="1E30F32A" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="246" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="56ED64AE" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="229" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="6C3C398E" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="430" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="5D78EE53" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="412" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
+          <w:p w14:paraId="035BDC2B" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRDefault="00C72A2F" w:rsidP="00B10699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00811A0E" w:rsidRPr="00BA662C" w:rsidRDefault="00662597" w:rsidP="00BA662C">
+    <w:p w14:paraId="618A5831" w14:textId="77777777" w:rsidR="00811A0E" w:rsidRPr="00BA662C" w:rsidRDefault="00662597" w:rsidP="00BA662C">
       <w:pPr>
         <w:ind w:firstLine="10632"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:sectPr w:rsidR="00811A0E" w:rsidRPr="00BA662C" w:rsidSect="00811A0E">
           <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
           <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>*O/N : oui/no</w:t>
       </w:r>
       <w:r w:rsidR="00396602">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FC6071" w:rsidRPr="00FC6071" w:rsidRDefault="00FC6071" w:rsidP="00FC6071">
+    <w:p w14:paraId="136637E1" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRPr="00FC6071" w:rsidRDefault="00FC6071" w:rsidP="00FC6071">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC6071">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Préciser, pour chaque EHPAD</w:t>
       </w:r>
       <w:r w:rsidR="005E1576">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> partenaire</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC6071">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, les évolutions attendues de cette coopération en fonction des rapports annuels d’activité</w:t>
       </w:r>
       <w:r w:rsidR="00200CEC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>s</w:t>
@@ -10299,369 +10322,370 @@
       <w:r w:rsidRPr="00FC6071">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>du risque infectieux (DA</w:t>
       </w:r>
       <w:r w:rsidR="00396602">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC6071">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>RI).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FC6071" w:rsidRPr="00FC6071" w:rsidRDefault="00FC6071" w:rsidP="00FC6071">
+    <w:p w14:paraId="537A71AD" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRPr="00FC6071" w:rsidRDefault="00FC6071" w:rsidP="00FC6071">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC6071">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Indiquer les partenariats existants avec d’autres EHPAD </w:t>
       </w:r>
       <w:r w:rsidR="00B706FA" w:rsidRPr="00FC6071">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>non-inscrits</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC6071">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> dans le projet le cas échéant.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FC6071" w:rsidRDefault="00FC6071" w:rsidP="00C72A2F">
-[...89 lines deleted...]
-    <w:p w:rsidR="00FC6071" w:rsidRPr="003751E1" w:rsidRDefault="00FC6071" w:rsidP="00FC6071">
+    <w:p w14:paraId="1B67E9DE" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRDefault="00FC6071" w:rsidP="00C72A2F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C83B253" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRDefault="00FC6071" w:rsidP="00C72A2F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="635D21B2" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRDefault="00FC6071" w:rsidP="00C72A2F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06E29A23" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRDefault="00FC6071" w:rsidP="00C72A2F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E3FD67B" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRDefault="00FC6071" w:rsidP="00C72A2F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3213F524" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRDefault="00FC6071" w:rsidP="00C72A2F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42B0325B" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRDefault="00FC6071" w:rsidP="00C72A2F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C88A373" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRDefault="00FC6071" w:rsidP="00C72A2F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20F35D2E" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRDefault="00FC6071" w:rsidP="00C72A2F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="334A5E7E" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRDefault="00FC6071" w:rsidP="00C72A2F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4717C4C4" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRPr="003751E1" w:rsidRDefault="00FC6071" w:rsidP="00FC6071">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003751E1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Apporter toute précision nécessaire sur les EHPAD partenaires :</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FC6071" w:rsidRDefault="00FC6071" w:rsidP="00C72A2F">
-[...116 lines deleted...]
-    <w:p w:rsidR="00FC6071" w:rsidRDefault="005A48E1" w:rsidP="00C72A2F">
+    <w:p w14:paraId="75E4677F" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRDefault="00FC6071" w:rsidP="00C72A2F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="56635A3D" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRDefault="00FC6071" w:rsidP="00C72A2F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C89AD9A" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRDefault="00FC6071" w:rsidP="00C72A2F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08D5C5D0" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRDefault="00FC6071" w:rsidP="00C72A2F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C128060" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRDefault="00FC6071" w:rsidP="00C72A2F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3CD3A51D" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRDefault="00FC6071" w:rsidP="00C72A2F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E7212E4" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRDefault="00FC6071" w:rsidP="00C72A2F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="194B8800" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRDefault="00FC6071" w:rsidP="00C72A2F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01AD334F" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRDefault="00FC6071" w:rsidP="00C72A2F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C95FFDD" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRDefault="00FC6071" w:rsidP="00C72A2F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5185BAE5" w14:textId="77777777" w:rsidR="00062A3F" w:rsidRDefault="00062A3F" w:rsidP="00C72A2F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="125FCC78" w14:textId="77777777" w:rsidR="00062A3F" w:rsidRDefault="00062A3F" w:rsidP="00C72A2F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0033D2F1" w14:textId="77777777" w:rsidR="00062A3F" w:rsidRDefault="00062A3F" w:rsidP="00C72A2F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F3015A1" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRDefault="005A48E1" w:rsidP="00C72A2F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FC6071" w:rsidRPr="006E71AB" w:rsidRDefault="00FC6071" w:rsidP="00200CEC">
+    <w:p w14:paraId="52BAB687" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRPr="006E71AB" w:rsidRDefault="00FC6071" w:rsidP="00200CEC">
       <w:pPr>
         <w:pStyle w:val="Style3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
         <w:spacing w:before="0" w:after="160" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc12972122"/>
       <w:r w:rsidRPr="006E71AB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Conditions de mise en œuvre</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:p w:rsidR="00FC6071" w:rsidRPr="006E71AB" w:rsidRDefault="00FC6071" w:rsidP="00FC6071">
+    <w:p w14:paraId="5FF936A0" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRPr="006E71AB" w:rsidRDefault="00FC6071" w:rsidP="00FC6071">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FC6071" w:rsidRPr="006E71AB" w:rsidRDefault="00FC6071" w:rsidP="00FC6071">
+    <w:p w14:paraId="76B1934E" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRPr="006E71AB" w:rsidRDefault="00FC6071" w:rsidP="00FC6071">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:after="47"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006E71AB">
         <w:rPr>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">4.1 </w:t>
       </w:r>
       <w:r w:rsidR="00200CEC">
         <w:rPr>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
@@ -10675,282 +10699,298 @@
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Projet de service de l’équipe </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>mobile d’hygiène</w:t>
       </w:r>
       <w:r w:rsidRPr="006E71AB">
         <w:rPr>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00200CEC" w:rsidRPr="00200CEC" w:rsidRDefault="00200CEC" w:rsidP="00FC6071">
+    <w:p w14:paraId="156D08DB" w14:textId="77777777" w:rsidR="00200CEC" w:rsidRPr="00200CEC" w:rsidRDefault="00200CEC" w:rsidP="00FC6071">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:after="47"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FC6071" w:rsidRPr="00200CEC" w:rsidRDefault="00200CEC" w:rsidP="00FC6071">
+    <w:p w14:paraId="12F9743B" w14:textId="27D19BBD" w:rsidR="00FC6071" w:rsidRPr="00200CEC" w:rsidRDefault="00200CEC" w:rsidP="00FC6071">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:after="47"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00200CEC">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Décrire le projet de service </w:t>
       </w:r>
       <w:r w:rsidR="00E92509">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="00FC6071" w:rsidRPr="00200CEC">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">ncluant les modalités d’organisation et de fonctionnement, dont modalités d’accompagnement envisagées et </w:t>
+        <w:t xml:space="preserve">ncluant les modalités d’organisation et de fonctionnement, dont </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91577">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">les </w:t>
       </w:r>
       <w:r w:rsidR="00FC6071" w:rsidRPr="00200CEC">
         <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">modalités d’accompagnement envisagées et </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC6071" w:rsidRPr="00200CEC">
+        <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>de pérennisation du dispositif</w:t>
       </w:r>
       <w:r w:rsidR="00FC6071" w:rsidRPr="00200CEC">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00FC6071" w:rsidRPr="00200CEC">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>de mise à disposition de l’IDE hygiéniste (bureaux, ordinateur, téléphone, véhicule, ressources pour les formations), </w:t>
       </w:r>
       <w:r w:rsidR="00FC6071" w:rsidRPr="00200CEC">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>les acteurs partenaires, etc. (cf. chapitre VI.1 de l’appel à candidature et chapitre 4 du cahier des charges sur les missions des EMH).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FC6071" w:rsidRPr="006E71AB" w:rsidRDefault="00FC6071" w:rsidP="00FC6071">
+    <w:p w14:paraId="06ECB788" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRPr="006E71AB" w:rsidRDefault="00FC6071" w:rsidP="00FC6071">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="70"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FC6071" w:rsidRPr="006E71AB" w:rsidRDefault="00FC6071" w:rsidP="00FC6071">
+    <w:p w14:paraId="42498372" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRPr="006E71AB" w:rsidRDefault="00FC6071" w:rsidP="00FC6071">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FC6071" w:rsidRDefault="00FC6071" w:rsidP="00FC6071">
+    <w:p w14:paraId="1944783F" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRDefault="00FC6071" w:rsidP="00FC6071">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FC6071" w:rsidRPr="006E71AB" w:rsidRDefault="00FC6071" w:rsidP="00FC6071">
+    <w:p w14:paraId="72C5B577" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRPr="006E71AB" w:rsidRDefault="00FC6071" w:rsidP="00FC6071">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FC6071" w:rsidRPr="006E71AB" w:rsidRDefault="00FC6071" w:rsidP="00FC6071">
+    <w:p w14:paraId="25CF995B" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRPr="006E71AB" w:rsidRDefault="00FC6071" w:rsidP="00FC6071">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FC6071" w:rsidRDefault="00FC6071" w:rsidP="00FC6071">
+    <w:p w14:paraId="283B0D1B" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRDefault="00FC6071" w:rsidP="00FC6071">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FC6071" w:rsidRDefault="00FC6071" w:rsidP="00FC6071">
+    <w:p w14:paraId="7C727E80" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRDefault="00FC6071" w:rsidP="00FC6071">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FC6071" w:rsidRDefault="00FC6071" w:rsidP="00FC6071">
+    <w:p w14:paraId="4F6BEF75" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRDefault="00FC6071" w:rsidP="00FC6071">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FC6071" w:rsidRPr="006E71AB" w:rsidRDefault="00FC6071" w:rsidP="00FC6071">
+    <w:p w14:paraId="7ACE3830" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRPr="006E71AB" w:rsidRDefault="00FC6071" w:rsidP="00FC6071">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00662597" w:rsidRPr="003751E1" w:rsidRDefault="00662597" w:rsidP="00FC6071">
+    <w:p w14:paraId="544E7DBA" w14:textId="77777777" w:rsidR="00662597" w:rsidRPr="003751E1" w:rsidRDefault="00662597" w:rsidP="00FC6071">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FC6071" w:rsidRPr="00EB5A47" w:rsidRDefault="00FC6071" w:rsidP="00EB5A47">
+    <w:p w14:paraId="623A1ED0" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRPr="00EB5A47" w:rsidRDefault="00FC6071" w:rsidP="00EB5A47">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:after="47"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">4.2 </w:t>
       </w:r>
       <w:r w:rsidR="00200CEC">
         <w:rPr>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Composition de l’équipe mobile d’hygiène</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EB5A47" w:rsidRDefault="00EB5A47" w:rsidP="00FC6071">
+    <w:p w14:paraId="6ABCEE06" w14:textId="77777777" w:rsidR="00EB5A47" w:rsidRDefault="00EB5A47" w:rsidP="00FC6071">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FC6071" w:rsidRPr="008B4C83" w:rsidRDefault="00FC6071" w:rsidP="00FC6071">
+    <w:p w14:paraId="6D043B90" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRPr="008B4C83" w:rsidRDefault="00FC6071" w:rsidP="00FC6071">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Infirmier(e) hygiéniste : ETP et nombre estimés</w:t>
       </w:r>
       <w:r w:rsidR="00893F32">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
@@ -10963,51 +11003,51 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>en fonction du nombre d’EHPAD engagés dans le dispositif</w:t>
       </w:r>
       <w:r w:rsidRPr="00992224">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FC6071" w:rsidRDefault="00984C17" w:rsidP="00FC6071">
+    <w:p w14:paraId="566DE5EB" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRDefault="00984C17" w:rsidP="00FC6071">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4607"/>
           <w:tab w:val="left" w:pos="5458"/>
           <w:tab w:val="left" w:pos="6309"/>
           <w:tab w:val="left" w:pos="6876"/>
           <w:tab w:val="left" w:pos="7727"/>
           <w:tab w:val="left" w:pos="8578"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
@@ -11034,323 +11074,323 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">le cas échéant, </w:t>
       </w:r>
       <w:r w:rsidR="00FC6071" w:rsidRPr="00DA236D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>avec quel</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>le autre unité)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00984C17" w:rsidRPr="00984C17" w:rsidRDefault="00984C17" w:rsidP="00984C17">
+    <w:p w14:paraId="511A43B5" w14:textId="77777777" w:rsidR="00984C17" w:rsidRPr="00984C17" w:rsidRDefault="00984C17" w:rsidP="00984C17">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4607"/>
           <w:tab w:val="left" w:pos="5458"/>
           <w:tab w:val="left" w:pos="6309"/>
           <w:tab w:val="left" w:pos="6876"/>
           <w:tab w:val="left" w:pos="7727"/>
           <w:tab w:val="left" w:pos="8578"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00984C17" w:rsidRDefault="00984C17" w:rsidP="00FC6071">
+    <w:p w14:paraId="77A460B3" w14:textId="77777777" w:rsidR="00984C17" w:rsidRDefault="00984C17" w:rsidP="00FC6071">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4607"/>
           <w:tab w:val="left" w:pos="5458"/>
           <w:tab w:val="left" w:pos="6309"/>
           <w:tab w:val="left" w:pos="6876"/>
           <w:tab w:val="left" w:pos="7727"/>
           <w:tab w:val="left" w:pos="8578"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FC6071" w:rsidRDefault="00FC6071" w:rsidP="00FC6071">
+    <w:p w14:paraId="781EAD15" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRDefault="00FC6071" w:rsidP="00FC6071">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4607"/>
           <w:tab w:val="left" w:pos="5458"/>
           <w:tab w:val="left" w:pos="6309"/>
           <w:tab w:val="left" w:pos="6876"/>
           <w:tab w:val="left" w:pos="7727"/>
           <w:tab w:val="left" w:pos="8578"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FC6071" w:rsidRDefault="00FC6071" w:rsidP="00FC6071">
+    <w:p w14:paraId="4BE2FAC9" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRDefault="00FC6071" w:rsidP="00FC6071">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4607"/>
           <w:tab w:val="left" w:pos="5458"/>
           <w:tab w:val="left" w:pos="6309"/>
           <w:tab w:val="left" w:pos="6876"/>
           <w:tab w:val="left" w:pos="7727"/>
           <w:tab w:val="left" w:pos="8578"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FC6071" w:rsidRDefault="00FC6071" w:rsidP="00FC6071">
+    <w:p w14:paraId="5DBBCA1C" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRDefault="00FC6071" w:rsidP="00FC6071">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4607"/>
           <w:tab w:val="left" w:pos="5458"/>
           <w:tab w:val="left" w:pos="6309"/>
           <w:tab w:val="left" w:pos="6876"/>
           <w:tab w:val="left" w:pos="7727"/>
           <w:tab w:val="left" w:pos="8578"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FC6071" w:rsidRDefault="00FC6071" w:rsidP="00FC6071">
+    <w:p w14:paraId="08456CE4" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRDefault="00FC6071" w:rsidP="00FC6071">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4607"/>
           <w:tab w:val="left" w:pos="5458"/>
           <w:tab w:val="left" w:pos="6309"/>
           <w:tab w:val="left" w:pos="6876"/>
           <w:tab w:val="left" w:pos="7727"/>
           <w:tab w:val="left" w:pos="8578"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00200CEC" w:rsidRDefault="00200CEC" w:rsidP="00FC6071">
+    <w:p w14:paraId="6A6F1CB3" w14:textId="77777777" w:rsidR="00200CEC" w:rsidRDefault="00200CEC" w:rsidP="00FC6071">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4607"/>
           <w:tab w:val="left" w:pos="5458"/>
           <w:tab w:val="left" w:pos="6309"/>
           <w:tab w:val="left" w:pos="6876"/>
           <w:tab w:val="left" w:pos="7727"/>
           <w:tab w:val="left" w:pos="8578"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FC6071" w:rsidRDefault="00FC6071" w:rsidP="00FC6071">
+    <w:p w14:paraId="43ACEFDF" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRDefault="00FC6071" w:rsidP="00FC6071">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4607"/>
           <w:tab w:val="left" w:pos="5458"/>
           <w:tab w:val="left" w:pos="6309"/>
           <w:tab w:val="left" w:pos="6876"/>
           <w:tab w:val="left" w:pos="7727"/>
           <w:tab w:val="left" w:pos="8578"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FC6071" w:rsidRPr="00200CEC" w:rsidRDefault="00FC6071" w:rsidP="00FC6071">
+    <w:p w14:paraId="5C7B069E" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRPr="00200CEC" w:rsidRDefault="00FC6071" w:rsidP="00FC6071">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4607"/>
           <w:tab w:val="left" w:pos="5458"/>
           <w:tab w:val="left" w:pos="6309"/>
           <w:tab w:val="left" w:pos="6876"/>
           <w:tab w:val="left" w:pos="7727"/>
           <w:tab w:val="left" w:pos="8578"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00200CEC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Apporter toute précision nécessaire sur la composition de l’équipe </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FC6071" w:rsidRPr="00DA236D" w:rsidRDefault="00FC6071" w:rsidP="00FC6071">
+    <w:p w14:paraId="76B9B59C" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRPr="00DA236D" w:rsidRDefault="00FC6071" w:rsidP="00FC6071">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4607"/>
           <w:tab w:val="left" w:pos="5458"/>
           <w:tab w:val="left" w:pos="6309"/>
           <w:tab w:val="left" w:pos="6876"/>
           <w:tab w:val="left" w:pos="7727"/>
           <w:tab w:val="left" w:pos="8578"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FC6071" w:rsidRDefault="00FC6071" w:rsidP="00FC6071">
+    <w:p w14:paraId="4D79162F" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRDefault="00FC6071" w:rsidP="00FC6071">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FC6071" w:rsidRDefault="00FC6071" w:rsidP="00FC6071">
+    <w:p w14:paraId="3954F44C" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRDefault="00FC6071" w:rsidP="00FC6071">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:after="47"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FC6071" w:rsidRDefault="00FC6071" w:rsidP="00FC6071">
+    <w:p w14:paraId="0B2CDEAE" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRDefault="00FC6071" w:rsidP="00FC6071">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:after="47"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FC6071" w:rsidRDefault="00FC6071" w:rsidP="00FC6071">
+    <w:p w14:paraId="53676F3C" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRDefault="00FC6071" w:rsidP="00FC6071">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:after="47"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FC6071" w:rsidRDefault="00FC6071" w:rsidP="00C72A2F">
-[...8 lines deleted...]
-    <w:p w:rsidR="00FC6071" w:rsidRPr="006E71AB" w:rsidRDefault="00FC6071" w:rsidP="00FC6071">
+    <w:p w14:paraId="42232936" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRDefault="00FC6071" w:rsidP="00C72A2F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59F0E358" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRPr="006E71AB" w:rsidRDefault="00FC6071" w:rsidP="00FC6071">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:after="47"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006E71AB">
         <w:rPr>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
@@ -11364,587 +11404,613 @@
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00200CEC">
         <w:rPr>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="006E71AB">
         <w:rPr>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Plan de communication prévu</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FC6071" w:rsidRDefault="00FC6071" w:rsidP="00FC6071">
+    <w:p w14:paraId="094E81EF" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRDefault="00FC6071" w:rsidP="00FC6071">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="1985"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FC6071" w:rsidRPr="005158D0" w:rsidRDefault="00FC6071" w:rsidP="00FC6071">
+    <w:p w14:paraId="23DB74EF" w14:textId="1DF3EE8B" w:rsidR="00FC6071" w:rsidRPr="005158D0" w:rsidRDefault="00FC6071" w:rsidP="00FC6071">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="1985"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005158D0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Actions envisagées vers les EHPAD, les établissements de santé du territoire, les </w:t>
       </w:r>
       <w:r w:rsidR="00EB5A47">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">pressionnels </w:t>
+        <w:t>pr</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91577">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB5A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">essionnels </w:t>
       </w:r>
       <w:r w:rsidRPr="005158D0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">libéraux en lien avec les EHPAD, </w:t>
       </w:r>
       <w:r w:rsidR="00EB5A47">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">les filières gériatriques, </w:t>
       </w:r>
       <w:r w:rsidRPr="005158D0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>le CPias, </w:t>
       </w:r>
       <w:r w:rsidR="00EB5A47">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t>le CRATb, …</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00FC6071" w:rsidRDefault="00FC6071" w:rsidP="00FC6071">
+        <w:t xml:space="preserve">le CRATb, </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91577">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>les équipes mobiles en antibiothérapie (EMA), …</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3521B6C3" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRDefault="00FC6071" w:rsidP="00FC6071">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="1985"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FC6071" w:rsidRPr="006E71AB" w:rsidRDefault="00FC6071" w:rsidP="00FC6071">
+    <w:p w14:paraId="696D2AAF" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRPr="006E71AB" w:rsidRDefault="00FC6071" w:rsidP="00FC6071">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="1985"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FC6071" w:rsidRPr="006E71AB" w:rsidRDefault="00FC6071" w:rsidP="00FC6071">
+    <w:p w14:paraId="1C0B5F3B" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRPr="006E71AB" w:rsidRDefault="00FC6071" w:rsidP="00FC6071">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="1985"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FC6071" w:rsidRDefault="00FC6071" w:rsidP="00C72A2F">
-[...17 lines deleted...]
-    <w:p w:rsidR="00EB5A47" w:rsidRDefault="00EB5A47">
+    <w:p w14:paraId="7B51243C" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRDefault="00FC6071" w:rsidP="00C72A2F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72E80EC6" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRDefault="00FC6071" w:rsidP="00C72A2F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B8BC13C" w14:textId="77777777" w:rsidR="00EB5A47" w:rsidRDefault="00EB5A47">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FC6071" w:rsidRPr="006E71AB" w:rsidRDefault="00FC6071" w:rsidP="005158D0">
+    <w:p w14:paraId="4B80E5A6" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRPr="006E71AB" w:rsidRDefault="00FC6071" w:rsidP="005158D0">
       <w:pPr>
         <w:pStyle w:val="Style3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
         <w:spacing w:before="0" w:after="160" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Calendrier</w:t>
       </w:r>
       <w:r w:rsidRPr="006E71AB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> de mise en œuvre</w:t>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="_GoBack"/>
-[...2 lines deleted...]
-    <w:p w:rsidR="00FC6071" w:rsidRPr="006E71AB" w:rsidRDefault="00FC6071" w:rsidP="00FC6071">
+    </w:p>
+    <w:p w14:paraId="2AF6FCC1" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRPr="006E71AB" w:rsidRDefault="00FC6071" w:rsidP="00FC6071">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="1985"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FC6071" w:rsidRPr="006E71AB" w:rsidRDefault="00FC6071" w:rsidP="00FC6071">
+    <w:p w14:paraId="604B3DB8" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRPr="006E71AB" w:rsidRDefault="00FC6071" w:rsidP="00FC6071">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="1985"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FC6071" w:rsidRPr="006E71AB" w:rsidRDefault="00FC6071" w:rsidP="00FC6071">
+    <w:p w14:paraId="418BB23B" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRPr="006E71AB" w:rsidRDefault="00FC6071" w:rsidP="00FC6071">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="1985"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FC6071" w:rsidRPr="006E71AB" w:rsidRDefault="00FC6071" w:rsidP="00FC6071">
+    <w:p w14:paraId="27415AFA" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRPr="006E71AB" w:rsidRDefault="00FC6071" w:rsidP="00FC6071">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="1985"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FC6071" w:rsidRPr="006E71AB" w:rsidRDefault="00FC6071" w:rsidP="00FC6071">
+    <w:p w14:paraId="114BDE9F" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRPr="006E71AB" w:rsidRDefault="00FC6071" w:rsidP="00FC6071">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="1985"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FC6071" w:rsidRDefault="00FC6071" w:rsidP="00C72A2F">
-[...71 lines deleted...]
-    <w:p w:rsidR="00FC6071" w:rsidRPr="005158D0" w:rsidRDefault="00FC6071" w:rsidP="005158D0">
+    <w:p w14:paraId="26A83D46" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRDefault="00FC6071" w:rsidP="00C72A2F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F437329" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRDefault="00FC6071" w:rsidP="00C72A2F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79A59F5E" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRDefault="00FC6071" w:rsidP="00C72A2F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61DFD12F" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRDefault="00FC6071" w:rsidP="00C72A2F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6268D19D" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRDefault="00FC6071" w:rsidP="00C72A2F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A3E5032" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRDefault="00FC6071" w:rsidP="00C72A2F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="73977809" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRDefault="00FC6071" w:rsidP="00C72A2F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14E4E45D" w14:textId="77777777" w:rsidR="005A48E1" w:rsidRDefault="005A48E1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C197743" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRPr="005158D0" w:rsidRDefault="00FC6071" w:rsidP="005158D0">
       <w:pPr>
         <w:pStyle w:val="Style3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
         <w:spacing w:before="0" w:after="160" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc12972126"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc12972126"/>
       <w:r w:rsidRPr="005158D0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ANNEXES</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="00FC6071" w:rsidRPr="00FC6071" w:rsidRDefault="00FC6071" w:rsidP="00FC6071">
+      <w:bookmarkEnd w:id="2"/>
+    </w:p>
+    <w:p w14:paraId="68011702" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRPr="00FC6071" w:rsidRDefault="00FC6071" w:rsidP="00FC6071">
       <w:pPr>
         <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-68"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:caps/>
           <w:spacing w:val="5"/>
           <w:kern w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Toc462304995"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00893F32" w:rsidRPr="00893F32" w:rsidRDefault="00FC6071" w:rsidP="00893F32">
+      <w:bookmarkStart w:id="3" w:name="_Toc462304995"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc462306090"/>
+      <w:bookmarkStart w:id="5" w:name="_Toc462306805"/>
+      <w:bookmarkStart w:id="6" w:name="_Toc462832518"/>
+    </w:p>
+    <w:p w14:paraId="0CDCA77C" w14:textId="77777777" w:rsidR="00893F32" w:rsidRPr="00893F32" w:rsidRDefault="00FC6071" w:rsidP="00893F32">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-68"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005158D0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="5"/>
           <w:kern w:val="28"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Conventions de partenariat</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
       <w:bookmarkEnd w:id="6"/>
-      <w:bookmarkEnd w:id="7"/>
       <w:r w:rsidRPr="005158D0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="5"/>
           <w:kern w:val="28"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> existantes </w:t>
       </w:r>
       <w:r w:rsidRPr="005158D0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(mentionnées dans le dossier)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00243B8C" w:rsidRPr="00ED38EB" w:rsidRDefault="00243B8C" w:rsidP="00396602">
+    <w:p w14:paraId="0811E7EA" w14:textId="77777777" w:rsidR="00243B8C" w:rsidRPr="00ED38EB" w:rsidRDefault="00243B8C" w:rsidP="00396602">
       <w:pPr>
         <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-68"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00243B8C" w:rsidRPr="00ED38EB" w:rsidRDefault="00243B8C" w:rsidP="00243B8C">
+    <w:p w14:paraId="31FAA166" w14:textId="77777777" w:rsidR="00243B8C" w:rsidRPr="00ED38EB" w:rsidRDefault="00243B8C" w:rsidP="00243B8C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-68"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00ED38EB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Diplômes des praticiens et infirmiers de l’EOH</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00893F32" w:rsidRPr="00893F32" w:rsidRDefault="00893F32" w:rsidP="00243B8C">
+    <w:p w14:paraId="770E9207" w14:textId="77777777" w:rsidR="00893F32" w:rsidRPr="00893F32" w:rsidRDefault="00893F32" w:rsidP="00243B8C">
       <w:pPr>
         <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440" w:right="-68"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:caps/>
           <w:spacing w:val="5"/>
           <w:kern w:val="28"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00893F32" w:rsidRPr="005A6F8E" w:rsidRDefault="00893F32" w:rsidP="00893F32">
+    <w:p w14:paraId="05051DCB" w14:textId="77777777" w:rsidR="00893F32" w:rsidRPr="005A6F8E" w:rsidRDefault="00893F32" w:rsidP="00893F32">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-68"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:caps/>
           <w:spacing w:val="5"/>
           <w:kern w:val="28"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A6F8E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -11968,267 +12034,267 @@
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(cf.</w:t>
       </w:r>
       <w:r w:rsidR="003625EE" w:rsidRPr="005A6F8E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> MODELE TYPE</w:t>
       </w:r>
       <w:r w:rsidRPr="005A6F8E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AD378B" w:rsidRPr="00A31DA5" w:rsidRDefault="00AD378B" w:rsidP="00AD378B">
+    <w:p w14:paraId="3054A2FA" w14:textId="77777777" w:rsidR="00AD378B" w:rsidRPr="00A31DA5" w:rsidRDefault="00AD378B" w:rsidP="00AD378B">
       <w:pPr>
         <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-68"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:caps/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="5"/>
           <w:kern w:val="28"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AD378B" w:rsidRPr="00C2609F" w:rsidRDefault="00AD378B" w:rsidP="00FC6071">
+    <w:p w14:paraId="39FD2D6F" w14:textId="77777777" w:rsidR="00AD378B" w:rsidRPr="00C2609F" w:rsidRDefault="00AD378B" w:rsidP="00FC6071">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-68"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:caps/>
           <w:spacing w:val="5"/>
           <w:kern w:val="28"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C2609F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:caps/>
           <w:spacing w:val="5"/>
           <w:kern w:val="28"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>IBAN (RIB)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FC6071" w:rsidRPr="00FC6071" w:rsidRDefault="00FC6071" w:rsidP="00FC6071">
+    <w:p w14:paraId="40C4C248" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRPr="00FC6071" w:rsidRDefault="00FC6071" w:rsidP="00FC6071">
       <w:pPr>
         <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440" w:right="-68"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:caps/>
           <w:color w:val="FF0066"/>
           <w:spacing w:val="5"/>
           <w:kern w:val="28"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FC6071" w:rsidRPr="00FC6071" w:rsidRDefault="00FC6071" w:rsidP="00FC6071">
+    <w:p w14:paraId="575E1E85" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRPr="00FC6071" w:rsidRDefault="00FC6071" w:rsidP="00FC6071">
       <w:pPr>
         <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-68"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:caps/>
           <w:spacing w:val="5"/>
           <w:kern w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FC6071" w:rsidRPr="00FC6071" w:rsidRDefault="00FC6071" w:rsidP="00C72A2F">
+    <w:p w14:paraId="50C5B067" w14:textId="77777777" w:rsidR="00FC6071" w:rsidRPr="00FC6071" w:rsidRDefault="00FC6071" w:rsidP="00C72A2F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00FC6071" w:rsidRPr="00FC6071" w:rsidSect="00811A0E">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00843226" w:rsidRDefault="00843226" w:rsidP="00C72A2F">
+    <w:p w14:paraId="7A98DC3D" w14:textId="77777777" w:rsidR="00843226" w:rsidRDefault="00843226" w:rsidP="00C72A2F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00843226" w:rsidRDefault="00843226" w:rsidP="00C72A2F">
+    <w:p w14:paraId="7948300D" w14:textId="77777777" w:rsidR="00843226" w:rsidRDefault="00843226" w:rsidP="00C72A2F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Comic Sans MS">
     <w:panose1 w:val="030F0702030302020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="script"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Trebuchet MS">
     <w:panose1 w:val="020B0603020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000687" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00062A3F" w:rsidRPr="00062A3F" w:rsidRDefault="00062A3F">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="79E7AF9A" w14:textId="77777777" w:rsidR="00062A3F" w:rsidRPr="00062A3F" w:rsidRDefault="00062A3F">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:pBdr>
         <w:top w:val="thinThickSmallGap" w:sz="24" w:space="1" w:color="622423" w:themeColor="accent2" w:themeShade="7F"/>
       </w:pBdr>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00062A3F">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
     <w:r w:rsidRPr="00062A3F">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
@@ -12253,68 +12319,68 @@
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00B706FA" w:rsidRPr="00B706FA">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>10</w:t>
     </w:r>
     <w:r w:rsidRPr="00062A3F">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00062A3F" w:rsidRPr="00062A3F" w:rsidRDefault="00062A3F" w:rsidP="00062A3F">
+  <w:p w14:paraId="48489A7C" w14:textId="77777777" w:rsidR="00062A3F" w:rsidRPr="00062A3F" w:rsidRDefault="00062A3F" w:rsidP="00062A3F">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00062A3F">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Adresse postale : 556 avenue Willy Brandt 59777 EURALILLE</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00062A3F" w:rsidRPr="00062A3F" w:rsidRDefault="00062A3F" w:rsidP="00062A3F">
+  <w:p w14:paraId="245B647C" w14:textId="77777777" w:rsidR="00062A3F" w:rsidRPr="00062A3F" w:rsidRDefault="00062A3F" w:rsidP="00062A3F">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00062A3F">
       <w:rPr>
         <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>☎</w:t>
     </w:r>
     <w:r w:rsidRPr="00062A3F">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">: 03.62.72.77.00 </w:t>
     </w:r>
     <w:r w:rsidRPr="00062A3F">
       <w:rPr>
@@ -12325,189 +12391,189 @@
       <w:t>–</w:t>
     </w:r>
     <w:r w:rsidRPr="00062A3F">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00062A3F">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t></w:t>
     </w:r>
     <w:r w:rsidRPr="00062A3F">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> 03.62.72.88.75</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00062A3F" w:rsidRPr="00062A3F" w:rsidRDefault="00062A3F" w:rsidP="00062A3F">
+  <w:p w14:paraId="612AAFED" w14:textId="77777777" w:rsidR="00062A3F" w:rsidRPr="00062A3F" w:rsidRDefault="00062A3F" w:rsidP="00062A3F">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00062A3F">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Site Internet : http://ars.hauts-de-france.sante.fr</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00843226" w:rsidRDefault="00843226" w:rsidP="00C72A2F">
+    <w:p w14:paraId="0DEF3E05" w14:textId="77777777" w:rsidR="00843226" w:rsidRDefault="00843226" w:rsidP="00C72A2F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00843226" w:rsidRDefault="00843226" w:rsidP="00C72A2F">
+    <w:p w14:paraId="44006905" w14:textId="77777777" w:rsidR="00843226" w:rsidRDefault="00843226" w:rsidP="00C72A2F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
-    <w:p w:rsidR="00C72A2F" w:rsidRPr="00A06C2B" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
+    <w:p w14:paraId="26F21EBC" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00A06C2B" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A06C2B">
         <w:rPr>
           <w:rStyle w:val="Appelnotedebasdep"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00A06C2B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Décret n° 2019-714 du 5 juillet 2019 portant réforme du métier de médecin coordonnateur en établissement d’hébergement pour personnes âgées dépendantes</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w:rsidR="00F75256" w:rsidRPr="00A06C2B" w:rsidRDefault="00F75256" w:rsidP="00F75256">
+    <w:p w14:paraId="3191E6AB" w14:textId="77777777" w:rsidR="00F75256" w:rsidRPr="00A06C2B" w:rsidRDefault="00F75256" w:rsidP="00F75256">
       <w:pPr>
         <w:pStyle w:val="Notedebasdepage"/>
         <w:ind w:right="-142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A06C2B">
         <w:rPr>
           <w:rStyle w:val="Appelnotedebasdep"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00A06C2B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>https://sante.gouv.fr/IMG/pdf/strategie_nationale_20222025_prevention_des_infections_et_de_l_antibioresistance.pdf</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
-    <w:p w:rsidR="00C72A2F" w:rsidRPr="00FB0689" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
+    <w:p w14:paraId="454AF5D4" w14:textId="77777777" w:rsidR="00C72A2F" w:rsidRPr="00FB0689" w:rsidRDefault="00C72A2F" w:rsidP="00C72A2F">
       <w:pPr>
         <w:pStyle w:val="Notedebasdepage"/>
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A06C2B">
         <w:rPr>
           <w:rStyle w:val="Appelnotedebasdep"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00A06C2B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="fr-FR" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Les bonnes pratiques de soins en établissements d’hébergement pour personnes âgées dépendantes - octobre 2007</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="06190DD5"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9D30A680"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="456" w:hanging="456"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="456" w:hanging="456"/>
       </w:pPr>
       <w:rPr>
@@ -14062,238 +14128,242 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="040C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="433675722">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="157969146">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1346785281">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="424420308">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1368221269">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="447355653">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="2061123707">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1482116232">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="1960069925">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="2112434244">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="1580138640">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="69036957">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="99182402">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="444354555">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="1028024428">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="140"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="32769"/>
+    <o:shapedefaults v:ext="edit" spidmax="34817"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C72A2F"/>
     <w:rsid w:val="0001367B"/>
     <w:rsid w:val="00056698"/>
     <w:rsid w:val="00062A3F"/>
     <w:rsid w:val="000B4447"/>
     <w:rsid w:val="000F71B4"/>
     <w:rsid w:val="00120FF4"/>
     <w:rsid w:val="001C365D"/>
     <w:rsid w:val="00200CEC"/>
     <w:rsid w:val="00243B8C"/>
     <w:rsid w:val="002609DB"/>
     <w:rsid w:val="002F68BD"/>
     <w:rsid w:val="0034256A"/>
     <w:rsid w:val="003625EE"/>
     <w:rsid w:val="0037454A"/>
     <w:rsid w:val="00396602"/>
     <w:rsid w:val="003A6D70"/>
     <w:rsid w:val="0044765B"/>
     <w:rsid w:val="005158D0"/>
     <w:rsid w:val="00525787"/>
     <w:rsid w:val="005A48E1"/>
     <w:rsid w:val="005A6F8E"/>
     <w:rsid w:val="005E1576"/>
     <w:rsid w:val="00630538"/>
     <w:rsid w:val="00660CC9"/>
     <w:rsid w:val="00662597"/>
     <w:rsid w:val="00664137"/>
     <w:rsid w:val="006A7B9E"/>
     <w:rsid w:val="00740E7F"/>
     <w:rsid w:val="00744F82"/>
     <w:rsid w:val="00811A0E"/>
     <w:rsid w:val="00843226"/>
     <w:rsid w:val="00882AC3"/>
     <w:rsid w:val="00893F32"/>
     <w:rsid w:val="008A2B18"/>
     <w:rsid w:val="008A3A3B"/>
+    <w:rsid w:val="008F161C"/>
     <w:rsid w:val="00984C17"/>
     <w:rsid w:val="00992224"/>
     <w:rsid w:val="00A06C2B"/>
     <w:rsid w:val="00A31DA5"/>
     <w:rsid w:val="00AB1AEB"/>
     <w:rsid w:val="00AD378B"/>
     <w:rsid w:val="00B706FA"/>
     <w:rsid w:val="00B925FA"/>
     <w:rsid w:val="00B9355E"/>
     <w:rsid w:val="00BA662C"/>
     <w:rsid w:val="00BD3B68"/>
     <w:rsid w:val="00BD5F61"/>
     <w:rsid w:val="00BE0EEB"/>
     <w:rsid w:val="00C2609F"/>
     <w:rsid w:val="00C60545"/>
     <w:rsid w:val="00C72A2F"/>
     <w:rsid w:val="00C72F9F"/>
+    <w:rsid w:val="00C91577"/>
     <w:rsid w:val="00D136F5"/>
     <w:rsid w:val="00D24171"/>
     <w:rsid w:val="00D912DF"/>
     <w:rsid w:val="00DD7CBD"/>
     <w:rsid w:val="00DF1908"/>
     <w:rsid w:val="00E01C47"/>
     <w:rsid w:val="00E0555E"/>
     <w:rsid w:val="00E7596A"/>
     <w:rsid w:val="00E92509"/>
     <w:rsid w:val="00EB5A47"/>
     <w:rsid w:val="00ED38EB"/>
     <w:rsid w:val="00F326E8"/>
+    <w:rsid w:val="00F53ECC"/>
     <w:rsid w:val="00F75256"/>
     <w:rsid w:val="00F97F45"/>
     <w:rsid w:val="00FC6071"/>
     <w:rsid w:val="00FD2874"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="32769"/>
+    <o:shapedefaults v:ext="edit" spidmax="34817"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="7F05290C"/>
+  <w14:docId w14:val="28037D21"/>
   <w15:docId w15:val="{E9AB1290-96D6-4AB4-B54D-C8DAAE634C4A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -14621,50 +14691,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titre1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Titre1Car"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00C72A2F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480" w:after="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="365F91"/>
       <w:sz w:val="28"/>
@@ -15001,51 +15076,51 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="00740E7F"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ObjetducommentaireCar">
     <w:name w:val="Objet du commentaire Car"/>
     <w:basedOn w:val="CommentaireCar"/>
     <w:link w:val="Objetducommentaire"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00740E7F"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1690180346">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.gif"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="cid:image007.png@01D660E0.C2236A50" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -15332,65 +15407,94 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8DD747AA-2CFB-4843-9A4E-8EAED9B2C913}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>10</Pages>
-  <Words>1324</Words>
-  <Characters>7283</Characters>
+  <Words>1332</Words>
+  <Characters>7330</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>60</Lines>
+  <Lines>61</Lines>
   <Paragraphs>17</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Ministères Chargés des Affaires Sociales</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8590</CharactersWithSpaces>
+  <CharactersWithSpaces>8645</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>*</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_SetDate">
+    <vt:lpwstr>2026-01-29T14:15:48Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Name">
+    <vt:lpwstr>[Prod v5] C1 - Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_SiteId">
+    <vt:lpwstr>035e5292-5a25-4509-bb08-a555f7d31a8b</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_ActionId">
+    <vt:lpwstr>4e2ecd3d-177d-4843-b133-2b570d3b263a</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>