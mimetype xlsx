--- v0 (2026-01-31)
+++ v1 (2026-03-17)
@@ -1,193 +1,234 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="P:\Mes documents\2 - DAC\2025\DAC en 2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://msociauxfr-my.sharepoint.com/personal/charlotte_carussi_ars_sante_fr/Documents/1_Mes documents/2 - DAC/2026/DAC 2026/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{37993F98-B54C-408F-8F59-12E7729F448A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="81" documentId="13_ncr:1_{D037D6A8-B42D-4619-BECD-2E371760BFE7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{8979CD5D-93B6-4D1A-AE33-B66889969BE7}"/>
   <bookViews>
-    <workbookView xWindow="7965" yWindow="405" windowWidth="29160" windowHeight="14340" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="18735" yWindow="810" windowWidth="17745" windowHeight="12315" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="DAC Admin" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="145621"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="39">
-[...5 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="52" uniqueCount="52">
   <si>
     <t>DAC Appui santé Lille Agglo</t>
   </si>
   <si>
-    <t xml:space="preserve">DAC Appui Santé LSED </t>
-[...4 lines deleted...]
-  <si>
     <t>Numéro de téléphone de la plateforme du DAC</t>
   </si>
   <si>
-    <t>03.44.11.25.55</t>
-[...4 lines deleted...]
-  <si>
     <t>03 20 87 49 49</t>
   </si>
   <si>
     <t>03.21.19.32.60</t>
   </si>
   <si>
-    <t>DAC Passerelles Santé ABC</t>
-[...1 lines deleted...]
-  <si>
     <t>03 27 14 05 28</t>
   </si>
   <si>
     <t>03.20.89.22.74</t>
   </si>
   <si>
-    <t>DAC Appui Santé Somme</t>
-[...1 lines deleted...]
-  <si>
     <t>03.21.200.800</t>
   </si>
   <si>
     <t>03 75 00 39 40</t>
   </si>
   <si>
-    <t>DAC Appui Santé Aisne</t>
-[...1 lines deleted...]
-  <si>
     <t>03 21 86 10 29</t>
   </si>
   <si>
     <t>03 74 06 01 00</t>
   </si>
   <si>
     <t xml:space="preserve">contact@appuisanteartois.fr ; </t>
   </si>
   <si>
     <t xml:space="preserve">accueil@dac-mta.fr ; </t>
   </si>
   <si>
     <t xml:space="preserve">contact-dac@appuisantesomme.fr </t>
   </si>
   <si>
     <t xml:space="preserve">contact@passerelles-sante-abc.fr ; </t>
   </si>
   <si>
     <t xml:space="preserve">accueil@dac-apsante60est.fr  ; </t>
   </si>
   <si>
     <t xml:space="preserve">dac.asla@ghicl.net ; </t>
   </si>
   <si>
     <t xml:space="preserve">contact@dac-asf.fr ; </t>
   </si>
   <si>
     <t xml:space="preserve">contact@appuisantedesflandres.fr ; </t>
   </si>
   <si>
     <t xml:space="preserve">contact@appui-sante-lsed.fr ; </t>
   </si>
   <si>
     <t xml:space="preserve">contact@appuisanteaisne.fr ; </t>
   </si>
   <si>
     <t xml:space="preserve">contact.dac@asgh.fr ; </t>
   </si>
   <si>
     <t>03.52.62.67.37</t>
   </si>
   <si>
     <t>03.59.57.77.37</t>
   </si>
   <si>
-    <t>DAC Appui Santé Grand Hainaut</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">dac.aloise@ch-grandvilliers.fr ; </t>
   </si>
   <si>
-    <t>Mise à jour : 2025 04 23</t>
-[...1 lines deleted...]
-  <si>
     <t>Adresse mail du DAC</t>
   </si>
   <si>
-    <t>Coordonnées mail et téléphonique des dispositifs d'appui à la coordination de la région Hauts-de-France</t>
+    <t>03.44.02.66.02</t>
+  </si>
+  <si>
+    <t>Appui Santé Aisne</t>
+  </si>
+  <si>
+    <t>Appui santé des Flandres</t>
+  </si>
+  <si>
+    <t>Appui santé du Ferrain</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Appui Santé LSED </t>
+  </si>
+  <si>
+    <t>Appui Santé Grand Hainaut</t>
+  </si>
+  <si>
+    <t>Aloïse (Oise Ouest)</t>
+  </si>
+  <si>
+    <t>Appui Parcours santé (Oise Est)</t>
+  </si>
+  <si>
+    <t>Passerelles Santé ABC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Appui Santé Montreuillois Ternois Arrageois </t>
+  </si>
+  <si>
+    <t>Appui Santé Artois</t>
+  </si>
+  <si>
+    <t>Appui Santé Somme</t>
+  </si>
+  <si>
+    <t>https://passerelles-sante-abc.fr/</t>
+  </si>
+  <si>
+    <t>https://appuisanteartois.fr/</t>
+  </si>
+  <si>
+    <t>Adresse du site internet du DAC</t>
+  </si>
+  <si>
+    <t>https://appuisantedesflandres.fr/</t>
+  </si>
+  <si>
+    <t>https://dac-asf.fr/</t>
+  </si>
+  <si>
+    <t>https://asgh.fr/</t>
+  </si>
+  <si>
+    <t>https://daclilleagglo.fr/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://www.dac-aloise.fr/ </t>
+  </si>
+  <si>
+    <t>https://appuisante-mta.fr/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://www.appuisantesomme.fr/dispositif-appui-coordination/ </t>
+  </si>
+  <si>
+    <t>https://dac-apsante60est.fr/</t>
+  </si>
+  <si>
+    <t>Coordonnées et site internet des dispositifs d'appui à la coordination de la région Hauts-de-France</t>
+  </si>
+  <si>
+    <t>https://www.appui-sante-lsed.com/</t>
+  </si>
+  <si>
+    <t>www.appuisanteaisne.fr</t>
+  </si>
+  <si>
+    <t>Mise à jour : 2026 02 10</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0#&quot; &quot;##&quot; &quot;##&quot; &quot;##&quot; &quot;##"/>
   </numFmts>
-  <fonts count="13" x14ac:knownFonts="1">
+  <fonts count="16" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Marianne"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Marianne"/>
@@ -223,85 +264,99 @@
       <name val="Marianne"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <name val="Marianne"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Marianne"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="9" tint="-0.249977111117893"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
+      <name val="Marianne"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="Marianne"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color rgb="FF9C6500"/>
+      <name val="Marianne"/>
+    </font>
+    <font>
+      <sz val="10"/>
       <name val="Marianne"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFC000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFEB9C"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.79998168889431442"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="0.79998168889431442"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="8">
+  <borders count="9">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
@@ -344,176 +399,208 @@
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="5" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="34">
+  <cellXfs count="39">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="3" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="8" fillId="3" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="3" borderId="3" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="2" fontId="6" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="2" fontId="9" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="10" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="9" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="9" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyBorder="1" applyAlignment="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="5" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="9" fillId="0" borderId="4" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="9" fillId="0" borderId="5" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="9" fillId="0" borderId="4" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="10" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="5">
     <cellStyle name="20 % - Accent1" xfId="3" builtinId="30"/>
     <cellStyle name="20 % - Accent2" xfId="4" builtinId="34"/>
     <cellStyle name="Lien hypertexte" xfId="1" builtinId="8"/>
     <cellStyle name="Neutre" xfId="2" builtinId="28"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+</file>
+
+<file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
+<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -758,257 +845,350 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact-dac@appuisantesomme.fr" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact@passerelles-sante-abc.fr%20;" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:accueil@dac-apsante60est.fr%20%20;" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact.dac@asgh.fr%20;" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dac.asla@ghicl.net%20;" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dac.aloise@ch-grandvilliers.fr%20;" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact@appuisantedesflandres.fr%20;" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact@appui-sante-lsed.fr%20;" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact@appuisanteartois.fr%20;" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact@appuisanteaisne.fr%20;" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact@dac-asf.fr%20;" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:accueil@dac-mta.fr%20;" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact-dac@appuisantesomme.fr" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://passerelles-sante-abc.fr/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dac-aloise.fr/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact@passerelles-sante-abc.fr%20;" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.appuisantesomme.fr/dispositif-appui-coordination/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:accueil@dac-apsante60est.fr%20%20;" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact.dac@asgh.fr%20;" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asgh.fr/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dac.asla@ghicl.net%20;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://daclilleagglo.fr/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://appuisanteartois.fr/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dac.aloise@ch-grandvilliers.fr%20;" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact@appuisantedesflandres.fr%20;" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact@appui-sante-lsed.fr%20;" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.appuisanteaisne.fr/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact@appuisanteartois.fr%20;" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dac-asf.fr/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.appui-sante-lsed.com/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact@appuisanteaisne.fr%20;" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://appuisante-mta.fr/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact@dac-asf.fr%20;" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:accueil@dac-mta.fr%20;" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://appuisantedesflandres.fr/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dac-apsante60est.fr/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:C14"/>
+  <dimension ref="A1:E14"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A2" sqref="A2"/>
+      <selection sqref="A1:D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="25.7109375" defaultRowHeight="50.1" customHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="40" style="3" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="16384" width="25.7109375" style="2"/>
+    <col min="1" max="2" width="40" style="3" customWidth="1"/>
+    <col min="3" max="3" width="38.5703125" style="17" customWidth="1"/>
+    <col min="4" max="4" width="26.85546875" style="5" customWidth="1"/>
+    <col min="5" max="5" width="25.7109375" style="22"/>
+    <col min="6" max="16384" width="25.7109375" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3" ht="50.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A1" s="32" t="s">
+    <row r="1" spans="1:5" ht="50.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A1" s="38" t="s">
+        <v>48</v>
+      </c>
+      <c r="B1" s="38"/>
+      <c r="C1" s="38"/>
+      <c r="D1" s="38"/>
+    </row>
+    <row r="2" spans="1:5" s="1" customFormat="1" ht="69.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="18" t="s">
+        <v>51</v>
+      </c>
+      <c r="B2" s="19" t="s">
+        <v>39</v>
+      </c>
+      <c r="C2" s="11" t="s">
+        <v>24</v>
+      </c>
+      <c r="D2" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E2" s="22"/>
+    </row>
+    <row r="3" spans="1:5" ht="50.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A3" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="B3" s="21" t="s">
+        <v>50</v>
+      </c>
+      <c r="C3" s="29" t="s">
+        <v>19</v>
+      </c>
+      <c r="D3" s="14" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5" s="7" customFormat="1" ht="50.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A4" s="27" t="s">
+        <v>27</v>
+      </c>
+      <c r="B4" s="20" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" s="16" t="s">
+        <v>17</v>
+      </c>
+      <c r="D4" s="30" t="s">
+        <v>9</v>
+      </c>
+      <c r="E4" s="23"/>
+    </row>
+    <row r="5" spans="1:5" s="7" customFormat="1" ht="50.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A5" s="28" t="s">
+        <v>28</v>
+      </c>
+      <c r="B5" s="21" t="s">
+        <v>41</v>
+      </c>
+      <c r="C5" s="31" t="s">
+        <v>16</v>
+      </c>
+      <c r="D5" s="32" t="s">
+        <v>5</v>
+      </c>
+      <c r="E5" s="23"/>
+    </row>
+    <row r="6" spans="1:5" s="7" customFormat="1" ht="50.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A6" s="27" t="s">
+        <v>0</v>
+      </c>
+      <c r="B6" s="20" t="s">
+        <v>43</v>
+      </c>
+      <c r="C6" s="16" t="s">
+        <v>15</v>
+      </c>
+      <c r="D6" s="30" t="s">
+        <v>2</v>
+      </c>
+      <c r="E6" s="23"/>
+    </row>
+    <row r="7" spans="1:5" s="7" customFormat="1" ht="50.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A7" s="27" t="s">
+        <v>29</v>
+      </c>
+      <c r="B7" s="21" t="s">
+        <v>49</v>
+      </c>
+      <c r="C7" s="16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" s="30" t="s">
+        <v>22</v>
+      </c>
+      <c r="E7" s="26"/>
+    </row>
+    <row r="8" spans="1:5" s="7" customFormat="1" ht="50.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A8" s="27" t="s">
+        <v>30</v>
+      </c>
+      <c r="B8" s="21" t="s">
+        <v>42</v>
+      </c>
+      <c r="C8" s="29" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" s="30" t="s">
+        <v>4</v>
+      </c>
+      <c r="E8" s="23"/>
+    </row>
+    <row r="9" spans="1:5" s="6" customFormat="1" ht="50.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A9" s="12" t="s">
+        <v>31</v>
+      </c>
+      <c r="B9" s="21" t="s">
+        <v>44</v>
+      </c>
+      <c r="C9" s="15" t="s">
+        <v>23</v>
+      </c>
+      <c r="D9" s="13" t="s">
+        <v>25</v>
+      </c>
+      <c r="E9" s="24"/>
+    </row>
+    <row r="10" spans="1:5" s="6" customFormat="1" ht="50.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A10" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="B10" s="21" t="s">
+        <v>47</v>
+      </c>
+      <c r="C10" s="16" t="s">
+        <v>14</v>
+      </c>
+      <c r="D10" s="14" t="s">
+        <v>7</v>
+      </c>
+      <c r="E10" s="24"/>
+    </row>
+    <row r="11" spans="1:5" s="8" customFormat="1" ht="50.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A11" s="33" t="s">
+        <v>33</v>
+      </c>
+      <c r="B11" s="21" t="s">
+        <v>37</v>
+      </c>
+      <c r="C11" s="16" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" s="34" t="s">
+        <v>3</v>
+      </c>
+      <c r="E11" s="25"/>
+    </row>
+    <row r="12" spans="1:5" s="8" customFormat="1" ht="50.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A12" s="33" t="s">
+        <v>34</v>
+      </c>
+      <c r="B12" s="21" t="s">
+        <v>45</v>
+      </c>
+      <c r="C12" s="16" t="s">
+        <v>11</v>
+      </c>
+      <c r="D12" s="34" t="s">
+        <v>8</v>
+      </c>
+      <c r="E12" s="25"/>
+    </row>
+    <row r="13" spans="1:5" s="8" customFormat="1" ht="50.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A13" s="33" t="s">
+        <v>35</v>
+      </c>
+      <c r="B13" s="21" t="s">
         <v>38</v>
       </c>
-      <c r="B1" s="32"/>
-[...3 lines deleted...]
-      <c r="A2" s="33" t="s">
+      <c r="C13" s="16" t="s">
+        <v>10</v>
+      </c>
+      <c r="D13" s="34" t="s">
+        <v>6</v>
+      </c>
+      <c r="E13" s="25"/>
+    </row>
+    <row r="14" spans="1:5" ht="50.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A14" s="9" t="s">
         <v>36</v>
       </c>
-      <c r="B2" s="17" t="s">
-[...35 lines deleted...]
-      <c r="C5" s="16" t="s">
+      <c r="B14" s="35" t="s">
+        <v>46</v>
+      </c>
+      <c r="C14" s="36" t="s">
         <v>12</v>
       </c>
-    </row>
-[...95 lines deleted...]
-      <c r="C14" s="18">
+      <c r="D14" s="37">
         <v>365890919</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
-    <mergeCell ref="A1:C1"/>
+    <mergeCell ref="A1:D1"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="B9" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
-[...10 lines deleted...]
-    <hyperlink ref="B8" r:id="rId12" xr:uid="{00000000-0004-0000-0000-00000B000000}"/>
+    <hyperlink ref="C9" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
+    <hyperlink ref="C6" r:id="rId2" xr:uid="{00000000-0004-0000-0000-000001000000}"/>
+    <hyperlink ref="C11" r:id="rId3" xr:uid="{00000000-0004-0000-0000-000002000000}"/>
+    <hyperlink ref="C5" r:id="rId4" xr:uid="{00000000-0004-0000-0000-000003000000}"/>
+    <hyperlink ref="C13" r:id="rId5" xr:uid="{00000000-0004-0000-0000-000004000000}"/>
+    <hyperlink ref="C4" r:id="rId6" xr:uid="{00000000-0004-0000-0000-000005000000}"/>
+    <hyperlink ref="C10" r:id="rId7" xr:uid="{00000000-0004-0000-0000-000006000000}"/>
+    <hyperlink ref="C14" r:id="rId8" xr:uid="{00000000-0004-0000-0000-000007000000}"/>
+    <hyperlink ref="C12" r:id="rId9" xr:uid="{00000000-0004-0000-0000-000008000000}"/>
+    <hyperlink ref="C3" r:id="rId10" xr:uid="{00000000-0004-0000-0000-000009000000}"/>
+    <hyperlink ref="C7" r:id="rId11" xr:uid="{00000000-0004-0000-0000-00000A000000}"/>
+    <hyperlink ref="C8" r:id="rId12" xr:uid="{00000000-0004-0000-0000-00000B000000}"/>
+    <hyperlink ref="B11" r:id="rId13" xr:uid="{82E5D648-4408-4A9B-BDB0-B92E7C66FBDD}"/>
+    <hyperlink ref="B4" r:id="rId14" xr:uid="{2C8E9B54-0937-46B7-BE0C-26D52B1D0E75}"/>
+    <hyperlink ref="B5" r:id="rId15" xr:uid="{6D724BE2-0CD8-45A8-A726-6E4D3A9E6214}"/>
+    <hyperlink ref="B6" r:id="rId16" xr:uid="{5539352A-A6AA-42F7-946E-84B14153D365}"/>
+    <hyperlink ref="B8" r:id="rId17" xr:uid="{F6F442E4-ED24-446F-B0E8-8A3D62713994}"/>
+    <hyperlink ref="B9" r:id="rId18" xr:uid="{D6717F19-91AC-46CF-B85B-AC52D0C09C0A}"/>
+    <hyperlink ref="B12" r:id="rId19" xr:uid="{88C88AD8-A80F-4F85-9EAE-14056CEF8162}"/>
+    <hyperlink ref="B13" r:id="rId20" xr:uid="{3EB848EE-CDA4-419E-B63A-D82731A383BA}"/>
+    <hyperlink ref="B14" r:id="rId21" xr:uid="{79724CED-54BC-42CD-B4EC-8A794E5563FF}"/>
+    <hyperlink ref="B10" r:id="rId22" xr:uid="{C1D12E41-AE44-44BC-B070-D6C668C7EE63}"/>
+    <hyperlink ref="B7" r:id="rId23" xr:uid="{060A87E6-7E82-4FB9-A970-7E75ED7E0FC1}"/>
+    <hyperlink ref="B3" r:id="rId24" xr:uid="{814D9E17-617F-4285-AC52-BDF9BAFBE280}"/>
   </hyperlinks>
   <pageMargins left="0.11811023622047244" right="0.11811023622047244" top="0.15748031496062992" bottom="0.15748031496062992" header="0.11811023622047244" footer="0.11811023622047244"/>
-  <pageSetup paperSize="8" orientation="portrait" r:id="rId13"/>
+  <pageSetup paperSize="8" orientation="portrait" r:id="rId25"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>DAC Admin</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Ministères Chargés des Affaires Sociales</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>CARUSSI, Charlotte</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_SetDate">
+    <vt:lpwstr>2025-09-30T14:04:46Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Name">
+    <vt:lpwstr>[Prod v5] C1 - Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_SiteId">
+    <vt:lpwstr>035e5292-5a25-4509-bb08-a555f7d31a8b</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_ActionId">
+    <vt:lpwstr>d8b47a49-10f1-4674-9098-c343b00d2a46</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>